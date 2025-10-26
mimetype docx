--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,39 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10981" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -301,161 +306,150 @@
                 <w:b/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>esearch</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> D</w:t>
             </w:r>
             <w:r w:rsidR="00B629C2">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>egree</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67375663" w14:textId="16A7241F" w:rsidR="00167271" w:rsidRDefault="00167271" w:rsidP="00167271"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005722CA" w:rsidRPr="00F971B2" w14:paraId="58371457" w14:textId="77777777" w:rsidTr="006A5EEC">
+      <w:tr w:rsidR="005722CA" w:rsidRPr="00F971B2" w14:paraId="58371457" w14:textId="77777777" w:rsidTr="007E4624">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10976" w:type="dxa"/>
+            <w:tcW w:w="10981" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6F1A1F7E" w14:textId="50C7A8E4" w:rsidR="005722CA" w:rsidRPr="00AC3EF7" w:rsidRDefault="006A5EEC" w:rsidP="00581582">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">IMPORTANT INFORMATION – MORE INFORMATION IS AVAILABLE AT: </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="00AC3EF7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.sheffield.ac.uk/rpi/pgr/examination/appointing-examiners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005722CA" w:rsidRPr="00F971B2" w14:paraId="254BA116" w14:textId="77777777" w:rsidTr="006A5EEC">
+      <w:tr w:rsidR="005722CA" w:rsidRPr="00F971B2" w14:paraId="254BA116" w14:textId="77777777" w:rsidTr="007E4624">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10976" w:type="dxa"/>
+            <w:tcW w:w="10981" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54143947" w14:textId="21E34B9F" w:rsidR="005722CA" w:rsidRPr="00AC3EF7" w:rsidRDefault="005722CA" w:rsidP="005722CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>This form should be completed by the</w:t>
             </w:r>
             <w:r w:rsidR="00F1522D" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> School</w:t>
+            </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>before</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -507,105 +501,69 @@
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>external examiner</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> is expected to have significant and demonstrable knowledge of the field covered by the thesis </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> provide an in-depth analysis of the thesis and in order to provide a rigorous viva voce examination. The </w:t>
+              <w:t xml:space="preserve"> is expected to have significant and demonstrable knowledge of the field covered by the thesis in order to provide an in-depth analysis of the thesis and in order to provide a rigorous viva voce examination. The </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>internal examiner</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> should be able to assess the thesis and to contribute to the oral examination and should also have a sound knowledge and understanding of </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> regulations and procedures governing the examination process.  At least one of the examiners must be sufficiently experienced and familiar with the requirements of examining a UK PhD.  </w:t>
+              <w:t xml:space="preserve"> should be able to assess the thesis and to contribute to the oral examination and should also have a sound knowledge and understanding of University regulations and procedures governing the examination process.  At least one of the examiners must be sufficiently experienced and familiar with the requirements of examining a UK PhD.  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Examiners should have experience of </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>successfully</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
@@ -652,69 +610,51 @@
             </w:r>
             <w:r w:rsidR="00050C5E" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(where required)</w:t>
             </w:r>
             <w:r w:rsidR="00050C5E" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00050C5E" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">must have a sound knowledge and understanding of </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> regulations and procedures governing the examination process.</w:t>
+              <w:t>must have a sound knowledge and understanding of University regulations and procedures governing the examination process.</w:t>
             </w:r>
             <w:r w:rsidR="004D1DA1" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Please also refer to: </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="0065395D" w:rsidRPr="00AC3EF7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.sheffield.ac.uk/rpi/pgr/examination/appointing-examiners</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F30B22" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
@@ -844,89 +784,89 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Viva format:</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> The expectation is that most oral examinations will now be held face-to-face; however, remote or hybrid examinations are also possible, depending on the preference of the student and needs of the participants. </w:t>
             </w:r>
             <w:r w:rsidR="00C775E6" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If a remote or hybrid viva is taking place, the University’s preferred video conferencing tool is Google Meet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE351C" w:rsidRPr="00AC3EF7" w14:paraId="118A6548" w14:textId="77777777" w:rsidTr="006A5EEC">
+      <w:tr w:rsidR="00EE351C" w:rsidRPr="00AC3EF7" w14:paraId="118A6548" w14:textId="77777777" w:rsidTr="007E4624">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10976" w:type="dxa"/>
+            <w:tcW w:w="10981" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="616F9A96" w14:textId="36462E3C" w:rsidR="00EE351C" w:rsidRPr="00AC3EF7" w:rsidRDefault="00EE351C" w:rsidP="00316D67">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">STUDENT DETAILS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w14:paraId="55C56E0E" w14:textId="77777777" w:rsidTr="006A5EEC">
+      <w:tr w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w14:paraId="55C56E0E" w14:textId="77777777" w:rsidTr="007E4624">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="055C2725" w14:textId="77777777" w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w:rsidRDefault="00C72D4E" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
@@ -961,66 +901,66 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AFF6700" w14:textId="77777777" w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w:rsidRDefault="00726BBC" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="331F607D" w14:textId="77777777" w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w:rsidRDefault="00C72D4E" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F971B2" w:rsidRPr="00AC3EF7" w14:paraId="4751673F" w14:textId="77777777" w:rsidTr="006A5EEC">
+      <w:tr w:rsidR="00F971B2" w:rsidRPr="00AC3EF7" w14:paraId="4751673F" w14:textId="77777777" w:rsidTr="007E4624">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="121BF657" w14:textId="77777777" w:rsidR="00F971B2" w:rsidRPr="00AC3EF7" w:rsidRDefault="00F971B2" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1072,485 +1012,578 @@
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
             <w:r w:rsidR="00F971B2" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/Programme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="42F4E065" w14:textId="77777777" w:rsidR="00F971B2" w:rsidRPr="00AC3EF7" w:rsidRDefault="00F971B2" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F971B2" w:rsidRPr="00AC3EF7" w14:paraId="05097094" w14:textId="77777777" w:rsidTr="006A5EEC">
+      <w:tr w:rsidR="00F971B2" w:rsidRPr="00AC3EF7" w14:paraId="05097094" w14:textId="77777777" w:rsidTr="007E4624">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A574788" w14:textId="706BCAA2" w:rsidR="00F971B2" w:rsidRPr="00AC3EF7" w:rsidRDefault="00F971B2" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8232" w:type="dxa"/>
+            <w:tcW w:w="8237" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="391C12C9" w14:textId="77777777" w:rsidR="00F971B2" w:rsidRPr="00AC3EF7" w:rsidRDefault="00F971B2" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00984249" w:rsidRPr="00AC3EF7" w14:paraId="30D3C205" w14:textId="77777777" w:rsidTr="006A5EEC">
+      <w:tr w:rsidR="00984249" w:rsidRPr="00AC3EF7" w14:paraId="30D3C205" w14:textId="77777777" w:rsidTr="007E4624">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10976" w:type="dxa"/>
+            <w:tcW w:w="10981" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="18F2AC96" w14:textId="77777777" w:rsidR="00984249" w:rsidRPr="00AC3EF7" w:rsidRDefault="00984249" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Thesis Title: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w14:paraId="0131DE89" w14:textId="77777777" w:rsidTr="006A5EEC">
+      <w:tr w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w14:paraId="5818D62A" w14:textId="77777777" w:rsidTr="007E4624">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10981" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DED15F" w14:textId="77777777" w:rsidR="007E4624" w:rsidRPr="00C57400" w:rsidRDefault="007E4624" w:rsidP="007E4624">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is a Non-Disclosure Agreement required before the thesis is sent to the examiners?  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2031714084"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Yes </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-652449361"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00C57400">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26F31FD4" w14:textId="60130A2B" w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="007E4624">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If ‘yes’, please contact: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F006B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ri-contracts@sheffield.ac.uk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w14:paraId="0131DE89" w14:textId="77777777" w:rsidTr="007E4624">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1169672111"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="675" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="46C71740" w14:textId="72B76A45" w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w:rsidRDefault="00F971B2" w:rsidP="00EE351C">
+              <w:p w14:paraId="46C71740" w14:textId="72B76A45" w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="007E4624">
                 <w:pPr>
                   <w:spacing w:before="120" w:after="120"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AC3EF7">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10301" w:type="dxa"/>
+            <w:tcW w:w="10306" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED3DF7E" w14:textId="77777777" w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w:rsidRDefault="00C72D4E" w:rsidP="00EE351C">
+          <w:p w14:paraId="5ED3DF7E" w14:textId="77777777" w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="007E4624">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Student Candidate (an Internal and External Examiner should be nominated)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w14:paraId="2D751EA9" w14:textId="77777777" w:rsidTr="006A5EEC">
+      <w:tr w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w14:paraId="2D751EA9" w14:textId="77777777" w:rsidTr="007E4624">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1646012984"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="675" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="7132E79D" w14:textId="72526A17" w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w:rsidRDefault="00F971B2">
+              <w:p w14:paraId="7132E79D" w14:textId="72526A17" w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="007E4624">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AC3EF7">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10301" w:type="dxa"/>
+            <w:tcW w:w="10306" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="48EC5491" w14:textId="2F3C055B" w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w:rsidRDefault="00C72D4E" w:rsidP="00EE351C">
+          <w:p w14:paraId="48EC5491" w14:textId="2F3C055B" w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="007E4624">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>University Staff Candidate (two External Examiners and an Internal Coordinator should be nominated)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w14:paraId="27DB86CF" w14:textId="77777777" w:rsidTr="006A5EEC">
+      <w:tr w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w14:paraId="27DB86CF" w14:textId="77777777" w:rsidTr="007E4624">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-912859507"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="675" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="01260706" w14:textId="1BE4C46F" w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w:rsidRDefault="00F971B2">
+              <w:p w14:paraId="01260706" w14:textId="1BE4C46F" w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="007E4624">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AC3EF7">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10301" w:type="dxa"/>
+            <w:tcW w:w="10306" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE82B8D" w14:textId="77777777" w:rsidR="00C72D4E" w:rsidRPr="00AC3EF7" w:rsidRDefault="00C72D4E" w:rsidP="00C72D4E">
+          <w:p w14:paraId="2AE82B8D" w14:textId="77777777" w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="007E4624">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">University Staff Candidate holding either </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">) a non-established post arising from external financing or ii) an established post within the NHS </w:t>
+              <w:t xml:space="preserve">University Staff Candidate holding either i) a non-established post arising from external financing or ii) an established post within the NHS </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Honorary University Contract (an Internal and External Examiner should be nominated)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="5579F999" w14:textId="77777777" w:rsidR="007E4624" w:rsidRDefault="007E4624"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10988" w:type="dxa"/>
+        <w:tblW w:w="10973" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1823"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="4495"/>
+        <w:gridCol w:w="2154"/>
+        <w:gridCol w:w="2157"/>
+        <w:gridCol w:w="2167"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00115B81" w:rsidRPr="00AC3EF7" w14:paraId="50F741AF" w14:textId="77777777" w:rsidTr="00891867">
+      <w:tr w:rsidR="00115B81" w:rsidRPr="00AC3EF7" w14:paraId="50F741AF" w14:textId="77777777" w:rsidTr="007E4624">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="15" w:type="dxa"/>
           <w:trHeight w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10973" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2BCF7639" w14:textId="05141416" w:rsidR="00115B81" w:rsidRPr="00AC3EF7" w:rsidRDefault="004711F5" w:rsidP="004711F5">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1564,119 +1597,114 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">REPLACEMENT </w:t>
             </w:r>
             <w:r w:rsidR="00115B81" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>EXAMINER</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(S)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D70E6A" w:rsidRPr="00AC3EF7" w14:paraId="62636717" w14:textId="77777777" w:rsidTr="00891867">
+      <w:tr w:rsidR="00D70E6A" w:rsidRPr="00AC3EF7" w14:paraId="62636717" w14:textId="77777777" w:rsidTr="007E4624">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="15" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10973" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="389FB805" w14:textId="2CA63120" w:rsidR="00D70E6A" w:rsidRPr="00AC3EF7" w:rsidRDefault="00D70E6A" w:rsidP="00991FA6">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Details of the examiner</w:t>
             </w:r>
             <w:r w:rsidR="004711F5" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(s)/coordinator</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> being replaced</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w14:paraId="00891A09" w14:textId="77777777" w:rsidTr="00891867">
+      <w:tr w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w14:paraId="00891A09" w14:textId="77777777" w:rsidTr="007E4624">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="15" w:type="dxa"/>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A76BDF1" w14:textId="77777777" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="00083FAD" w:rsidP="00297D5C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name of the examiner</w:t>
             </w:r>
@@ -1699,60 +1727,59 @@
           </w:p>
           <w:p w14:paraId="58617F32" w14:textId="77777777" w:rsidR="004711F5" w:rsidRPr="00AC3EF7" w:rsidRDefault="004711F5" w:rsidP="00297D5C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2F59874B" w14:textId="77777777" w:rsidR="004711F5" w:rsidRPr="00AC3EF7" w:rsidRDefault="004711F5" w:rsidP="00297D5C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18A811D4" w14:textId="15E8B650" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="00B629C2" w:rsidP="00083FAD">
+          <w:p w14:paraId="18A811D4" w14:textId="15E8B650" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00083FAD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1238009928"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F971B2" w:rsidRPr="00AC3EF7">
@@ -1764,117 +1791,115 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F971B2" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00083FAD" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>External Examiner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="02C0B3BB" w14:textId="2A466A40" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="00B629C2" w:rsidP="00D70E6A">
+          <w:p w14:paraId="02C0B3BB" w14:textId="2A466A40" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00D70E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="897946278"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F971B2" w:rsidRPr="00AC3EF7">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00083FAD" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Internal Examiner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2167" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35BBCBE0" w14:textId="304A43D1" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="00B629C2" w:rsidP="00D70E6A">
+          <w:p w14:paraId="35BBCBE0" w14:textId="304A43D1" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00D70E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="589828663"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F971B2" w:rsidRPr="00AC3EF7">
@@ -1884,118 +1909,145 @@
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BD6D84">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00083FAD" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Internal Coordinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D70E6A" w:rsidRPr="00AC3EF7" w14:paraId="2933994C" w14:textId="77777777" w:rsidTr="00891867">
+      <w:tr w:rsidR="00D70E6A" w:rsidRPr="00AC3EF7" w14:paraId="2933994C" w14:textId="77777777" w:rsidTr="007E4624">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="15" w:type="dxa"/>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10973" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FC36CFA" w14:textId="2C187966" w:rsidR="00D70E6A" w:rsidRPr="00AC3EF7" w:rsidRDefault="00D70E6A" w:rsidP="00F971B2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reason for the proposed change of examiner/coordinator:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="747820F0" w14:textId="3F948602" w:rsidR="00F971B2" w:rsidRPr="00AC3EF7" w:rsidRDefault="00F971B2" w:rsidP="00F971B2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="573862D0" w14:textId="77777777" w:rsidR="00D70E6A" w:rsidRPr="00AC3EF7" w:rsidRDefault="00D70E6A" w:rsidP="00297D5C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="134EBC50" w14:textId="77777777" w:rsidR="007E4624" w:rsidRDefault="007E4624"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10988" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1823"/>
+        <w:gridCol w:w="902"/>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="914"/>
+        <w:gridCol w:w="1829"/>
+        <w:gridCol w:w="11"/>
+        <w:gridCol w:w="1817"/>
+        <w:gridCol w:w="914"/>
+        <w:gridCol w:w="915"/>
+        <w:gridCol w:w="1833"/>
+        <w:gridCol w:w="15"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00D70E6A" w:rsidRPr="00AC3EF7" w14:paraId="217899B9" w14:textId="77777777" w:rsidTr="00891867">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="15" w:type="dxa"/>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10973" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3B8CBE98" w14:textId="7EB773E2" w:rsidR="00D70E6A" w:rsidRPr="00AC3EF7" w:rsidRDefault="00D70E6A" w:rsidP="004711F5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -2132,111 +2184,110 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73212A1C" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="004A7696">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5972CD" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="004A7696">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC3EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Family Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A5972CD" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="004A7696">
-[...28 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="3495FB6A" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="004A7696">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Title   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78DADC48" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="004A7696">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
@@ -2258,51 +2309,51 @@
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Family Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00162AAE" w:rsidRPr="00F971B2" w14:paraId="61C7752B" w14:textId="77777777" w:rsidTr="00891867">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="15" w:type="dxa"/>
           <w:trHeight w:val="532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5483" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49C44387" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="00115B81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correspondence Address</w:t>
             </w:r>
           </w:p>
@@ -2324,74 +2375,73 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="05C7BF4E" w14:textId="77777777" w:rsidR="00F971B2" w:rsidRPr="00AC3EF7" w:rsidRDefault="00F971B2" w:rsidP="004A7696">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2DA3644D" w14:textId="77777777" w:rsidR="004711F5" w:rsidRPr="00AC3EF7" w:rsidRDefault="004711F5" w:rsidP="004A7696">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="704B9C76" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="00115B81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Correspondence Address</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FBE4771" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="004A7696">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00162AAE" w:rsidRPr="00F971B2" w14:paraId="68EC2784" w14:textId="77777777" w:rsidTr="00891867">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="15" w:type="dxa"/>
           <w:trHeight w:val="532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2725" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
@@ -2401,111 +2451,111 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BE6D886" w14:textId="095B512B" w:rsidR="00162AAE" w:rsidRPr="00F971B2" w:rsidRDefault="00302514" w:rsidP="00115B81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contact phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2758" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="220D67B8" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="00115B81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2742" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7750CBEA" w14:textId="76AE036A" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00115B81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contact phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2748" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71ABDA8C" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="00115B81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
@@ -2528,111 +2578,111 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46B4DA21" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00F971B2" w:rsidRDefault="00162AAE" w:rsidP="00115B81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F971B2">
               <w:rPr>
                 <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Academic Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2758" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23210266" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="00115B81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Qualifications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2742" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4465D7CC" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="00115B81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Academic Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2748" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="121497A9" w14:textId="77777777" w:rsidR="00162AAE" w:rsidRPr="00AC3EF7" w:rsidRDefault="00162AAE" w:rsidP="00115B81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Qualifications</w:t>
             </w:r>
           </w:p>
@@ -2712,99 +2762,99 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="044CA766" w14:textId="77777777" w:rsidR="00F971B2" w:rsidRPr="00AC3EF7" w:rsidRDefault="00F971B2" w:rsidP="003B762A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25EC3A96" w14:textId="6A2E10F0" w:rsidR="00F971B2" w:rsidRPr="00AC3EF7" w:rsidRDefault="00F971B2" w:rsidP="003B762A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2743" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5DDB60" w14:textId="6A363B11" w:rsidR="00882223" w:rsidRPr="00AC3EF7" w:rsidRDefault="00882223" w:rsidP="003B762A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC3EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Number of doctoral students supervised to completion as first supervisor</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC3EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (if the numbers are large you may estimate):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2742" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5DDB60" w14:textId="6A363B11" w:rsidR="00882223" w:rsidRPr="00AC3EF7" w:rsidRDefault="00882223" w:rsidP="003B762A">
-[...38 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="133F7FD0" w14:textId="0A84C7A6" w:rsidR="00882223" w:rsidRPr="00AC3EF7" w:rsidRDefault="00882223" w:rsidP="00882223">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of </w:t>
             </w:r>
             <w:r w:rsidR="0072403A" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2823,51 +2873,51 @@
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if the numbers are large you may estimate): </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14C76119" w14:textId="77777777" w:rsidR="00882223" w:rsidRPr="00AC3EF7" w:rsidRDefault="00882223" w:rsidP="003B762A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2748" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E2AD292" w14:textId="77777777" w:rsidR="00882223" w:rsidRPr="00AC3EF7" w:rsidRDefault="00882223" w:rsidP="003B762A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Number of doctoral students supervised to completion as first supervisor</w:t>
@@ -2943,60 +2993,60 @@
           <w:p w14:paraId="7A015DC7" w14:textId="5EEB60CB" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If yes, please state when they were last appointed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2743" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D008BA3" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00B629C2" w:rsidP="00302514">
+          <w:p w14:paraId="7D008BA3" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2111464703"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00302514" w:rsidRPr="00AC3EF7">
                   <w:rPr>
@@ -3061,115 +3111,115 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="21778E76" w14:textId="44E46E28" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Year of previous appointment:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2742" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="2748" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13424259" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00B629C2" w:rsidP="00302514">
+          <w:p w14:paraId="5E08909F" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC3EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Has this examiner previously been appointed at Sheffield? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02A0FF64" w14:textId="09A10147" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC3EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If yes, please state when they were last appointed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2748" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="13424259" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1216194147"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00302514" w:rsidRPr="00AC3EF7">
                   <w:rPr>
@@ -3247,51 +3297,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Year of previous appointment:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00891867" w:rsidRPr="00AC3EF7" w14:paraId="284D162D" w14:textId="77777777" w:rsidTr="00891867">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18C6E77F" w14:textId="1455C343" w:rsidR="00891867" w:rsidRPr="00AC3EF7" w:rsidRDefault="00891867" w:rsidP="00AA7898">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3300,51 +3350,51 @@
             <w:r w:rsidR="00AA7898" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e external</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> examiner is suitable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5E63E583" w14:textId="46E3EC96" w:rsidR="00891867" w:rsidRPr="00AC3EF7" w:rsidRDefault="00891867" w:rsidP="00AA7898">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3410,51 +3460,51 @@
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302514" w:rsidRPr="00AC3EF7" w14:paraId="2ACB2B28" w14:textId="77777777" w:rsidTr="00891867">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10988" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="54F69807" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
@@ -3568,80 +3618,80 @@
               <w:t>Supervisor’s Name:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B7CC550" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="65BDFD6E" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="44B04DA3" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3677" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3A9F368A" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3655,129 +3705,127 @@
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4AABA5C0" w14:textId="049F1D18" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ho</w:t>
             </w:r>
             <w:r w:rsidR="00F1522D" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/PGR Lead Name:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33FB9114" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3602A220" w14:textId="7CAA7FF3" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E126444" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3677" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="429D58D9" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="00302514" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4227,118 +4275,96 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="262C2B90" w14:textId="77777777" w:rsidR="00824FD0" w:rsidRPr="00AC3EF7" w:rsidRDefault="00824FD0" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approved on behalf of the </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> by:</w:t>
+              <w:t>Approved on behalf of the Faculty by:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07900B48" w14:textId="77777777" w:rsidR="00824FD0" w:rsidRPr="00AC3EF7" w:rsidRDefault="00824FD0" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3663" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C0D8613" w14:textId="77777777" w:rsidR="00824FD0" w:rsidRPr="00AC3EF7" w:rsidRDefault="00824FD0" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examiners appointed on CIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6DDD543A" w14:textId="262E9BEE" w:rsidR="00824FD0" w:rsidRPr="00AC3EF7" w:rsidRDefault="00B629C2" w:rsidP="00363204">
+          <w:p w14:paraId="6DDD543A" w14:textId="262E9BEE" w:rsidR="00824FD0" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1368990887"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -4346,51 +4372,51 @@
                 <w:r w:rsidR="00F971B2" w:rsidRPr="00AC3EF7">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00824FD0" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF5204B" w14:textId="22915431" w:rsidR="00824FD0" w:rsidRPr="00AC3EF7" w:rsidRDefault="00B629C2" w:rsidP="00363204">
+          <w:p w14:paraId="5EF5204B" w14:textId="22915431" w:rsidR="00824FD0" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1045095604"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -4501,51 +4527,56 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23F8DBF2" w14:textId="49F1708F" w:rsidR="00ED6125" w:rsidRPr="00F971B2" w:rsidRDefault="00ED6125" w:rsidP="0050729E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D1A8C29" w14:textId="77777777" w:rsidR="00D44538" w:rsidRPr="00F971B2" w:rsidRDefault="00D44538" w:rsidP="00E52905">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D44538" w:rsidRPr="00F971B2" w:rsidSect="00383572">
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="360" w:right="561" w:bottom="0" w:left="561" w:header="357" w:footer="357" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="364FF28F" w14:textId="77777777" w:rsidR="00050C5E" w:rsidRDefault="00050C5E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="45922450" w14:textId="77777777" w:rsidR="00050C5E" w:rsidRDefault="00050C5E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -4617,118 +4648,168 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000011" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="04766425" w14:textId="5B2AF679" w:rsidR="00050C5E" w:rsidRPr="00383572" w:rsidRDefault="00AC3EF7" w:rsidP="00F136AB">
+  <w:p w14:paraId="400EEF07" w14:textId="77777777" w:rsidR="007E4624" w:rsidRDefault="007E4624">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="04766425" w14:textId="6CA5C28C" w:rsidR="00050C5E" w:rsidRPr="00383572" w:rsidRDefault="007E4624" w:rsidP="00F136AB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>August</w:t>
+      <w:t>October</w:t>
     </w:r>
     <w:r w:rsidR="00F136AB">
       <w:rPr>
         <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 20</w:t>
     </w:r>
     <w:r w:rsidR="00302514">
       <w:rPr>
         <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00AC3EF7">
       <w:rPr>
         <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="79056406" w14:textId="77777777" w:rsidR="007E4624" w:rsidRDefault="007E4624">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="13101B2B" w14:textId="77777777" w:rsidR="00050C5E" w:rsidRDefault="00050C5E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4C55EF61" w14:textId="77777777" w:rsidR="00050C5E" w:rsidRDefault="00050C5E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2D3CC1D7" w14:textId="77777777" w:rsidR="007E4624" w:rsidRDefault="007E4624">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="08DF503F" w14:textId="77777777" w:rsidR="007E4624" w:rsidRDefault="007E4624">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="221CBA6A" w14:textId="77777777" w:rsidR="007E4624" w:rsidRDefault="007E4624">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9DD21C94"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -5045,61 +5126,60 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="954603718">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="511644690">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1196429420">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="95"/>
+  <w:zoom w:percent="98"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="43009"/>
+    <o:shapedefaults v:ext="edit" spidmax="45057"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D13D9"/>
     <w:rsid w:val="0000694E"/>
     <w:rsid w:val="00026F6E"/>
     <w:rsid w:val="000301D5"/>
     <w:rsid w:val="00043DDD"/>
     <w:rsid w:val="00045D11"/>
     <w:rsid w:val="000506C1"/>
@@ -5189,64 +5269,66 @@
     <w:rsid w:val="00606623"/>
     <w:rsid w:val="006074D0"/>
     <w:rsid w:val="00613604"/>
     <w:rsid w:val="00621CC8"/>
     <w:rsid w:val="00632C69"/>
     <w:rsid w:val="0063487A"/>
     <w:rsid w:val="00637AB7"/>
     <w:rsid w:val="006438EF"/>
     <w:rsid w:val="0065395D"/>
     <w:rsid w:val="006676FA"/>
     <w:rsid w:val="0067715D"/>
     <w:rsid w:val="006A5EEC"/>
     <w:rsid w:val="006B7416"/>
     <w:rsid w:val="006D6BD4"/>
     <w:rsid w:val="006E1C5B"/>
     <w:rsid w:val="007130E1"/>
     <w:rsid w:val="0072403A"/>
     <w:rsid w:val="00726BBC"/>
     <w:rsid w:val="007514E0"/>
     <w:rsid w:val="0077035C"/>
     <w:rsid w:val="00774F82"/>
     <w:rsid w:val="007B4C3E"/>
     <w:rsid w:val="007B5680"/>
     <w:rsid w:val="007C10FA"/>
     <w:rsid w:val="007E1510"/>
+    <w:rsid w:val="007E4624"/>
     <w:rsid w:val="007F7A29"/>
     <w:rsid w:val="00803E1E"/>
     <w:rsid w:val="00816A84"/>
     <w:rsid w:val="00817430"/>
     <w:rsid w:val="00824FD0"/>
     <w:rsid w:val="00857888"/>
     <w:rsid w:val="00864306"/>
     <w:rsid w:val="00882223"/>
     <w:rsid w:val="00891867"/>
     <w:rsid w:val="00892D34"/>
     <w:rsid w:val="008A3E99"/>
     <w:rsid w:val="008B4269"/>
     <w:rsid w:val="008D13D9"/>
     <w:rsid w:val="008E6D22"/>
+    <w:rsid w:val="00903E8A"/>
     <w:rsid w:val="00907427"/>
     <w:rsid w:val="00930E48"/>
     <w:rsid w:val="009439E5"/>
     <w:rsid w:val="00963912"/>
     <w:rsid w:val="00984249"/>
     <w:rsid w:val="00991FA6"/>
     <w:rsid w:val="00992D43"/>
     <w:rsid w:val="00993088"/>
     <w:rsid w:val="0099348A"/>
     <w:rsid w:val="009B362F"/>
     <w:rsid w:val="009B386E"/>
     <w:rsid w:val="009C7B7F"/>
     <w:rsid w:val="009D2C2C"/>
     <w:rsid w:val="00A16B9F"/>
     <w:rsid w:val="00A438D0"/>
     <w:rsid w:val="00A50CA5"/>
     <w:rsid w:val="00A55B48"/>
     <w:rsid w:val="00A70F92"/>
     <w:rsid w:val="00A71F9C"/>
     <w:rsid w:val="00AA599C"/>
     <w:rsid w:val="00AA7898"/>
     <w:rsid w:val="00AC3EF7"/>
     <w:rsid w:val="00AC44B3"/>
     <w:rsid w:val="00AC6490"/>
     <w:rsid w:val="00AD2520"/>
@@ -5268,100 +5350,101 @@
     <w:rsid w:val="00BC640D"/>
     <w:rsid w:val="00BC6AEB"/>
     <w:rsid w:val="00BD4228"/>
     <w:rsid w:val="00BD6D84"/>
     <w:rsid w:val="00C06654"/>
     <w:rsid w:val="00C11AAB"/>
     <w:rsid w:val="00C1297E"/>
     <w:rsid w:val="00C542C5"/>
     <w:rsid w:val="00C72D4E"/>
     <w:rsid w:val="00C775E6"/>
     <w:rsid w:val="00C820C6"/>
     <w:rsid w:val="00CE5789"/>
     <w:rsid w:val="00D12953"/>
     <w:rsid w:val="00D16771"/>
     <w:rsid w:val="00D27C99"/>
     <w:rsid w:val="00D44538"/>
     <w:rsid w:val="00D541B6"/>
     <w:rsid w:val="00D55544"/>
     <w:rsid w:val="00D624E8"/>
     <w:rsid w:val="00D6340F"/>
     <w:rsid w:val="00D70E6A"/>
     <w:rsid w:val="00DB0CD6"/>
     <w:rsid w:val="00DC3AC1"/>
     <w:rsid w:val="00DC4306"/>
     <w:rsid w:val="00E12F67"/>
+    <w:rsid w:val="00E242D3"/>
     <w:rsid w:val="00E355E1"/>
     <w:rsid w:val="00E36A83"/>
     <w:rsid w:val="00E40FB3"/>
     <w:rsid w:val="00E46546"/>
     <w:rsid w:val="00E52905"/>
     <w:rsid w:val="00E74E64"/>
     <w:rsid w:val="00E816D5"/>
     <w:rsid w:val="00E8489A"/>
     <w:rsid w:val="00E92CDA"/>
     <w:rsid w:val="00E94243"/>
     <w:rsid w:val="00EB33D0"/>
     <w:rsid w:val="00EC55B7"/>
     <w:rsid w:val="00ED19FA"/>
     <w:rsid w:val="00ED6125"/>
     <w:rsid w:val="00EE351C"/>
     <w:rsid w:val="00F122B7"/>
     <w:rsid w:val="00F136AB"/>
     <w:rsid w:val="00F1522D"/>
     <w:rsid w:val="00F17326"/>
     <w:rsid w:val="00F233A7"/>
     <w:rsid w:val="00F30B22"/>
     <w:rsid w:val="00F567B6"/>
     <w:rsid w:val="00F571CB"/>
     <w:rsid w:val="00F64481"/>
     <w:rsid w:val="00F721CD"/>
     <w:rsid w:val="00F75B01"/>
     <w:rsid w:val="00F971B2"/>
     <w:rsid w:val="00FB7486"/>
     <w:rsid w:val="00FC75C5"/>
     <w:rsid w:val="00FF0068"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="43009"/>
+    <o:shapedefaults v:ext="edit" spidmax="45057"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0F3F3F22"/>
   <w15:docId w15:val="{6F5B4F26-CAE6-46CA-8D7D-C9E91EF76AA9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -5940,51 +6023,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B7416"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00026F6E"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/examination/appointing-examiners" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrhealth@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgreng@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrarts@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/examination/appointing-examiners" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsocsci@sheffield.ac.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/examination/appointing-examiners" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrhealth@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgreng@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrarts@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/examination/appointing-examiners" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsocsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6268,66 +6351,66 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>763</Words>
-  <Characters>5154</Characters>
+  <Words>785</Words>
+  <Characters>5293</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Sheffield</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5906</CharactersWithSpaces>
+  <CharactersWithSpaces>6066</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Estates</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>