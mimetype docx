--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -454,51 +454,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the student submits their thesis and </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>at least</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight weeks before the date of the oral examination.  All examiners must be approved by Faculty and failure to appoint examiners in a timely manner may delay the examination process.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26E6334F" w14:textId="4EABC89D" w:rsidR="005722CA" w:rsidRPr="00AC3EF7" w:rsidRDefault="005722CA" w:rsidP="005722CA">
+          <w:p w14:paraId="26E6334F" w14:textId="23C2E0AA" w:rsidR="005722CA" w:rsidRPr="00AC3EF7" w:rsidRDefault="005722CA" w:rsidP="005722CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Suitability criteria for appointing examiners: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
@@ -574,51 +574,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> supervising at least one doctoral candidate and/or experience of examining at least three doctoral theses.</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Should this not be the case, the curriculum vitae of the proposed examiner and a supporting statement as to why s/he is appropriate should be provided. The case will then be assessed by the relevant Faculty Officer.</w:t>
             </w:r>
             <w:r w:rsidR="00050C5E" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="0044333D" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">An internal coordinator may be required if the internal examiner has not had accrued much examination experience.  </w:t>
+              <w:t xml:space="preserve">An internal coordinator may be required if the internal examiner has not accrued much examination experience.  </w:t>
             </w:r>
             <w:r w:rsidR="00050C5E" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Internal coordinators </w:t>
             </w:r>
             <w:r w:rsidR="00050C5E" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(where required)</w:t>
             </w:r>
             <w:r w:rsidR="00050C5E" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -1169,83 +1169,85 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a Non-Disclosure Agreement required before the thesis is sent to the examiners?  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2031714084"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Yes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-652449361"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00C57400">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   No</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26F31FD4" w14:textId="60130A2B" w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="007E4624">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
@@ -1278,50 +1280,51 @@
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1169672111"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="675" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="46C71740" w14:textId="72B76A45" w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="007E4624">
                 <w:pPr>
                   <w:spacing w:before="120" w:after="120"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AC3EF7">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1359,50 +1362,51 @@
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1646012984"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="675" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7132E79D" w14:textId="72526A17" w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="007E4624">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AC3EF7">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1439,50 +1443,51 @@
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-912859507"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="675" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="01260706" w14:textId="1BE4C46F" w:rsidR="007E4624" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="007E4624">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AC3EF7">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1735,51 +1740,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2F59874B" w14:textId="77777777" w:rsidR="004711F5" w:rsidRPr="00AC3EF7" w:rsidRDefault="004711F5" w:rsidP="00297D5C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18A811D4" w14:textId="15E8B650" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00083FAD">
+          <w:p w14:paraId="18A811D4" w14:textId="15E8B650" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="006E1A38" w:rsidP="00083FAD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1238009928"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F971B2" w:rsidRPr="00AC3EF7">
@@ -1799,51 +1804,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00083FAD" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>External Examiner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="02C0B3BB" w14:textId="2A466A40" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00D70E6A">
+          <w:p w14:paraId="02C0B3BB" w14:textId="2A466A40" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="006E1A38" w:rsidP="00D70E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="897946278"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F971B2" w:rsidRPr="00AC3EF7">
@@ -1855,51 +1860,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00083FAD" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Internal Examiner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35BBCBE0" w14:textId="304A43D1" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00D70E6A">
+          <w:p w14:paraId="35BBCBE0" w14:textId="304A43D1" w:rsidR="00083FAD" w:rsidRPr="00AC3EF7" w:rsidRDefault="006E1A38" w:rsidP="00D70E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="589828663"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F971B2" w:rsidRPr="00AC3EF7">
@@ -3002,51 +3007,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If yes, please state when they were last appointed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D008BA3" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00302514">
+          <w:p w14:paraId="7D008BA3" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="006E1A38" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2111464703"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00302514" w:rsidRPr="00AC3EF7">
                   <w:rPr>
@@ -3175,51 +3180,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If yes, please state when they were last appointed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2748" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13424259" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00302514">
+          <w:p w14:paraId="13424259" w14:textId="77777777" w:rsidR="00302514" w:rsidRPr="00AC3EF7" w:rsidRDefault="006E1A38" w:rsidP="00302514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1216194147"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00302514" w:rsidRPr="00AC3EF7">
                   <w:rPr>
@@ -4320,51 +4325,51 @@
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examiners appointed on CIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6DDD543A" w14:textId="262E9BEE" w:rsidR="00824FD0" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00363204">
+          <w:p w14:paraId="6DDD543A" w14:textId="262E9BEE" w:rsidR="00824FD0" w:rsidRPr="00AC3EF7" w:rsidRDefault="006E1A38" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1368990887"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -4372,51 +4377,51 @@
                 <w:r w:rsidR="00F971B2" w:rsidRPr="00AC3EF7">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00824FD0" w:rsidRPr="00AC3EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF5204B" w14:textId="22915431" w:rsidR="00824FD0" w:rsidRPr="00AC3EF7" w:rsidRDefault="007E4624" w:rsidP="00363204">
+          <w:p w14:paraId="5EF5204B" w14:textId="22915431" w:rsidR="00824FD0" w:rsidRPr="00AC3EF7" w:rsidRDefault="006E1A38" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1045095604"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5135,119 +5140,121 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="954603718">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="511644690">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1196429420">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="98"/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="47105"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D13D9"/>
     <w:rsid w:val="0000694E"/>
     <w:rsid w:val="00026F6E"/>
     <w:rsid w:val="000301D5"/>
     <w:rsid w:val="00043DDD"/>
     <w:rsid w:val="00045D11"/>
     <w:rsid w:val="000506C1"/>
     <w:rsid w:val="00050C5E"/>
     <w:rsid w:val="00056544"/>
     <w:rsid w:val="00065CDD"/>
     <w:rsid w:val="00083FAD"/>
     <w:rsid w:val="000A7496"/>
     <w:rsid w:val="000A76D8"/>
     <w:rsid w:val="000E5624"/>
     <w:rsid w:val="000F7884"/>
     <w:rsid w:val="0010178A"/>
     <w:rsid w:val="00103042"/>
     <w:rsid w:val="0011249D"/>
     <w:rsid w:val="00115B81"/>
     <w:rsid w:val="00130E17"/>
+    <w:rsid w:val="00141FF1"/>
     <w:rsid w:val="00152A4E"/>
     <w:rsid w:val="00162AAE"/>
     <w:rsid w:val="00167271"/>
     <w:rsid w:val="0018291E"/>
     <w:rsid w:val="00187392"/>
     <w:rsid w:val="001A12EC"/>
     <w:rsid w:val="001E6A9E"/>
     <w:rsid w:val="00224C8D"/>
     <w:rsid w:val="002260EF"/>
     <w:rsid w:val="00233A30"/>
     <w:rsid w:val="00243D04"/>
     <w:rsid w:val="00245C24"/>
     <w:rsid w:val="002522A0"/>
     <w:rsid w:val="00252EE5"/>
     <w:rsid w:val="002646F5"/>
     <w:rsid w:val="00266C89"/>
     <w:rsid w:val="00266DC1"/>
     <w:rsid w:val="00270CCC"/>
     <w:rsid w:val="00275423"/>
     <w:rsid w:val="0029137E"/>
     <w:rsid w:val="00292ED2"/>
     <w:rsid w:val="00294AB7"/>
     <w:rsid w:val="00297D5C"/>
     <w:rsid w:val="002E5562"/>
     <w:rsid w:val="003006F8"/>
     <w:rsid w:val="00301AEB"/>
     <w:rsid w:val="00302514"/>
     <w:rsid w:val="00314820"/>
     <w:rsid w:val="00316D67"/>
     <w:rsid w:val="00323B6A"/>
+    <w:rsid w:val="00326CB9"/>
     <w:rsid w:val="003521B1"/>
     <w:rsid w:val="003546E8"/>
     <w:rsid w:val="00360E23"/>
     <w:rsid w:val="00363204"/>
     <w:rsid w:val="00370147"/>
     <w:rsid w:val="00372F0E"/>
     <w:rsid w:val="003807BC"/>
     <w:rsid w:val="00383572"/>
     <w:rsid w:val="0038527A"/>
     <w:rsid w:val="00386A56"/>
     <w:rsid w:val="00390DFF"/>
     <w:rsid w:val="003B762A"/>
     <w:rsid w:val="003C5561"/>
     <w:rsid w:val="003C5C99"/>
     <w:rsid w:val="003F1B69"/>
     <w:rsid w:val="003F27D6"/>
     <w:rsid w:val="00416F55"/>
     <w:rsid w:val="00417B59"/>
     <w:rsid w:val="0044333D"/>
     <w:rsid w:val="0045611F"/>
     <w:rsid w:val="004642C1"/>
     <w:rsid w:val="004711F5"/>
     <w:rsid w:val="00472438"/>
     <w:rsid w:val="00481140"/>
     <w:rsid w:val="004A303F"/>
@@ -5258,50 +5265,51 @@
     <w:rsid w:val="004D1DA1"/>
     <w:rsid w:val="004D417B"/>
     <w:rsid w:val="0050599B"/>
     <w:rsid w:val="00506FFB"/>
     <w:rsid w:val="0050729E"/>
     <w:rsid w:val="00547280"/>
     <w:rsid w:val="005722CA"/>
     <w:rsid w:val="00581582"/>
     <w:rsid w:val="00590472"/>
     <w:rsid w:val="0059141B"/>
     <w:rsid w:val="005D1B52"/>
     <w:rsid w:val="00606623"/>
     <w:rsid w:val="006074D0"/>
     <w:rsid w:val="00613604"/>
     <w:rsid w:val="00621CC8"/>
     <w:rsid w:val="00632C69"/>
     <w:rsid w:val="0063487A"/>
     <w:rsid w:val="00637AB7"/>
     <w:rsid w:val="006438EF"/>
     <w:rsid w:val="0065395D"/>
     <w:rsid w:val="006676FA"/>
     <w:rsid w:val="0067715D"/>
     <w:rsid w:val="006A5EEC"/>
     <w:rsid w:val="006B7416"/>
     <w:rsid w:val="006D6BD4"/>
+    <w:rsid w:val="006E1A38"/>
     <w:rsid w:val="006E1C5B"/>
     <w:rsid w:val="007130E1"/>
     <w:rsid w:val="0072403A"/>
     <w:rsid w:val="00726BBC"/>
     <w:rsid w:val="007514E0"/>
     <w:rsid w:val="0077035C"/>
     <w:rsid w:val="00774F82"/>
     <w:rsid w:val="007B4C3E"/>
     <w:rsid w:val="007B5680"/>
     <w:rsid w:val="007C10FA"/>
     <w:rsid w:val="007E1510"/>
     <w:rsid w:val="007E4624"/>
     <w:rsid w:val="007F7A29"/>
     <w:rsid w:val="00803E1E"/>
     <w:rsid w:val="00816A84"/>
     <w:rsid w:val="00817430"/>
     <w:rsid w:val="00824FD0"/>
     <w:rsid w:val="00857888"/>
     <w:rsid w:val="00864306"/>
     <w:rsid w:val="00882223"/>
     <w:rsid w:val="00891867"/>
     <w:rsid w:val="00892D34"/>
     <w:rsid w:val="008A3E99"/>
     <w:rsid w:val="008B4269"/>
     <w:rsid w:val="008D13D9"/>
@@ -5400,51 +5408,51 @@
     <w:rsid w:val="00F721CD"/>
     <w:rsid w:val="00F75B01"/>
     <w:rsid w:val="00F971B2"/>
     <w:rsid w:val="00FB7486"/>
     <w:rsid w:val="00FC75C5"/>
     <w:rsid w:val="00FF0068"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="47105"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0F3F3F22"/>
   <w15:docId w15:val="{6F5B4F26-CAE6-46CA-8D7D-C9E91EF76AA9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -6351,66 +6359,66 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>785</Words>
-  <Characters>5293</Characters>
+  <Words>784</Words>
+  <Characters>5290</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>211</Lines>
+  <Paragraphs>90</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Sheffield</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6066</CharactersWithSpaces>
+  <CharactersWithSpaces>5984</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Estates</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>