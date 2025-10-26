--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,98 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10981" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="2069"/>
-        <w:gridCol w:w="1079"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="207"/>
+        <w:gridCol w:w="1078"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="2745"/>
+        <w:gridCol w:w="2538"/>
+        <w:gridCol w:w="210"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C7B75" w14:paraId="64F843EA" w14:textId="77777777" w:rsidTr="003C7B75">
+      <w:tr w:rsidR="003C7B75" w14:paraId="64F843EA" w14:textId="77777777" w:rsidTr="00F006B8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="207" w:type="dxa"/>
+          <w:wAfter w:w="210" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="3822" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="1097"/>
+              <w:gridCol w:w="1096"/>
               <w:gridCol w:w="1255"/>
               <w:gridCol w:w="1255"/>
             </w:tblGrid>
             <w:tr w:rsidR="003C7B75" w:rsidRPr="00167271" w14:paraId="7ECC6B1E" w14:textId="77777777" w:rsidTr="0018775C">
               <w:trPr>
                 <w:trHeight w:val="1262"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3166" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="051DEF43" w14:textId="77777777" w:rsidR="003C7B75" w:rsidRPr="00167271" w:rsidRDefault="003C7B75" w:rsidP="0018775C">
                   <w:pPr>
                     <w:pStyle w:val="Header"/>
                     <w:tabs>
                       <w:tab w:val="clear" w:pos="4153"/>
                       <w:tab w:val="clear" w:pos="8306"/>
                     </w:tabs>
                     <w:rPr>
                       <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00167271">
@@ -178,51 +173,51 @@
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3696" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="3EDB5158" w14:textId="77777777" w:rsidR="003C7B75" w:rsidRPr="00167271" w:rsidRDefault="003C7B75" w:rsidP="0018775C">
                   <w:pPr>
                     <w:pStyle w:val="Heading2"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="0336490D" w14:textId="77777777" w:rsidR="003C7B75" w:rsidRDefault="003C7B75" w:rsidP="0018775C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6951" w:type="dxa"/>
+            <w:tcW w:w="6949" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="33431280" w14:textId="77777777" w:rsidR="005E2BC6" w:rsidRDefault="003C7B75" w:rsidP="005E2BC6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="005E2BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:szCs w:val="36"/>
               </w:rPr>
@@ -268,64 +263,64 @@
                 <w:b/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>esearch</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> D</w:t>
             </w:r>
             <w:r w:rsidR="005E2BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>egree</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B1F25C2" w14:textId="2FA32172" w:rsidR="003C7B75" w:rsidRDefault="003C7B75" w:rsidP="0018775C"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00091FB9" w:rsidRPr="00C57400" w14:paraId="5A58DB71" w14:textId="77777777" w:rsidTr="003C7B75">
+      <w:tr w:rsidR="00091FB9" w:rsidRPr="00C57400" w14:paraId="5A58DB71" w14:textId="77777777" w:rsidTr="00F006B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10976" w:type="dxa"/>
+            <w:tcW w:w="10981" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="66EE2D9D" w14:textId="276B23B7" w:rsidR="00091FB9" w:rsidRPr="00C57400" w:rsidRDefault="00091FB9" w:rsidP="00586AE9">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">IMPORTANT INFORMATION – </w:t>
             </w:r>
             <w:r w:rsidR="00586AE9" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
@@ -345,64 +340,64 @@
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="00586AE9" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">FORMATION IS AVAILABLE AT: </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="00056774" w:rsidRPr="00C57400">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.sheffield.ac.uk/rpi/pgr/examination/appointing-examiners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00091FB9" w:rsidRPr="00C57400" w14:paraId="5B0613E2" w14:textId="77777777" w:rsidTr="003C7B75">
+      <w:tr w:rsidR="00091FB9" w:rsidRPr="00C57400" w14:paraId="5B0613E2" w14:textId="77777777" w:rsidTr="00F006B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10976" w:type="dxa"/>
+            <w:tcW w:w="10981" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DE75E1C" w14:textId="1AFE2645" w:rsidR="00091FB9" w:rsidRPr="00C57400" w:rsidRDefault="00091FB9" w:rsidP="00091FB9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -506,51 +501,69 @@
               </w:rPr>
               <w:t>external examiner</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> is expected to have significant and demonstrable knowledge of the field covered by the thesis </w:t>
             </w:r>
             <w:r w:rsidR="00D43184" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> provide an in-depth analysis of the thesis and in order to provide a rigorous viva voce examination. The </w:t>
+              <w:t xml:space="preserve"> provide an in-depth analysis of the thesis and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> provide a rigorous viva voce examination. The </w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>internal examiner</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> should be able to assess the thesis and to contribute to the oral examination and should also have a sound knowledge and understanding of </w:t>
             </w:r>
             <w:r w:rsidR="00D43184" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -972,89 +985,89 @@
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a remote or hybrid viva is taking place</w:t>
             </w:r>
             <w:r w:rsidR="00980B04" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00E27012" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the University’s preferred video conferencing tool is Google Meet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE351C" w:rsidRPr="00C57400" w14:paraId="0B337452" w14:textId="77777777" w:rsidTr="003C7B75">
+      <w:tr w:rsidR="00EE351C" w:rsidRPr="00C57400" w14:paraId="0B337452" w14:textId="77777777" w:rsidTr="00F006B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10976" w:type="dxa"/>
+            <w:tcW w:w="10981" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="13359F78" w14:textId="00E2557D" w:rsidR="00EE351C" w:rsidRPr="00C57400" w:rsidRDefault="00EE351C" w:rsidP="00316D67">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">STUDENT DETAILS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C72D4E" w:rsidRPr="00C57400" w14:paraId="19FF5EAE" w14:textId="77777777" w:rsidTr="003C7B75">
+      <w:tr w:rsidR="00C72D4E" w:rsidRPr="00C57400" w14:paraId="19FF5EAE" w14:textId="77777777" w:rsidTr="00F006B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="50022A55" w14:textId="77777777" w:rsidR="00C72D4E" w:rsidRPr="00C57400" w:rsidRDefault="00C72D4E" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
@@ -1066,89 +1079,89 @@
               <w:t>Family Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E1ECFB9" w14:textId="77777777" w:rsidR="00C72D4E" w:rsidRPr="00C57400" w:rsidRDefault="00C72D4E" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2745" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F13EC08" w14:textId="77777777" w:rsidR="00C72D4E" w:rsidRPr="00C57400" w:rsidRDefault="00726BBC" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2748" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3A52EA9D" w14:textId="77777777" w:rsidR="00C72D4E" w:rsidRPr="00C57400" w:rsidRDefault="00C72D4E" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43184" w:rsidRPr="00C57400" w14:paraId="44131F8B" w14:textId="77777777" w:rsidTr="003C7B75">
+      <w:tr w:rsidR="00D43184" w:rsidRPr="00C57400" w14:paraId="44131F8B" w14:textId="77777777" w:rsidTr="00F006B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74E00449" w14:textId="77777777" w:rsidR="00D43184" w:rsidRPr="00C57400" w:rsidRDefault="00D43184" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1166,196 +1179,315 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04B284AA" w14:textId="77777777" w:rsidR="00D43184" w:rsidRPr="00C57400" w:rsidRDefault="00D43184" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2745" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F981CBD" w14:textId="17062232" w:rsidR="00D43184" w:rsidRPr="00C57400" w:rsidRDefault="00C57400" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
             <w:r w:rsidR="00D43184" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/Programme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="2748" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1993543B" w14:textId="77777777" w:rsidR="00D43184" w:rsidRPr="00C57400" w:rsidRDefault="00D43184" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43184" w:rsidRPr="00C57400" w14:paraId="5974A80F" w14:textId="77777777" w:rsidTr="003C7B75">
+      <w:tr w:rsidR="00F006B8" w:rsidRPr="00C57400" w14:paraId="5974A80F" w14:textId="77777777" w:rsidTr="00843998">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-          <w:p w14:paraId="4FC66FD1" w14:textId="6BA8ED04" w:rsidR="00D43184" w:rsidRPr="00C57400" w:rsidRDefault="00D43184" w:rsidP="00EE351C">
+          </w:tcPr>
+          <w:p w14:paraId="32E83F3E" w14:textId="77777777" w:rsidR="00F006B8" w:rsidRPr="00C57400" w:rsidRDefault="00F006B8" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8232" w:type="dxa"/>
+            <w:tcW w:w="8237" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-          <w:p w14:paraId="1A26B183" w14:textId="77777777" w:rsidR="00D43184" w:rsidRPr="00C57400" w:rsidRDefault="00D43184" w:rsidP="00EE351C">
+          </w:tcPr>
+          <w:p w14:paraId="1A26B183" w14:textId="0FEF888F" w:rsidR="00F006B8" w:rsidRPr="00C57400" w:rsidRDefault="00F006B8" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00984249" w:rsidRPr="00C57400" w14:paraId="28B41A8B" w14:textId="77777777" w:rsidTr="003C7B75">
+      <w:tr w:rsidR="00984249" w:rsidRPr="00C57400" w14:paraId="28B41A8B" w14:textId="77777777" w:rsidTr="00F006B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10976" w:type="dxa"/>
+            <w:tcW w:w="10981" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="2CADF59C" w14:textId="77777777" w:rsidR="00984249" w:rsidRPr="00C57400" w:rsidRDefault="00984249" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Thesis Title: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1D07" w:rsidRPr="00C57400" w14:paraId="75FFE3F0" w14:textId="77777777" w:rsidTr="003C7B75">
+      <w:tr w:rsidR="00F006B8" w:rsidRPr="00C57400" w14:paraId="37B3FA0C" w14:textId="77777777" w:rsidTr="00F006B8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10981" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D813488" w14:textId="6D8002C1" w:rsidR="00F006B8" w:rsidRPr="00C57400" w:rsidRDefault="00F006B8" w:rsidP="00F006B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is a Non-Disclosure Agreement required before the thesis is sent to the examiners?  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2031714084"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Yes </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-652449361"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00C57400">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cs="Arial"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E11B0AE" w14:textId="6918BD5A" w:rsidR="00F006B8" w:rsidRPr="00C57400" w:rsidRDefault="00F006B8" w:rsidP="00EE351C">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If ‘yes’, please contact: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F006B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ri-contracts@sheffield.ac.uk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E1D07" w:rsidRPr="00C57400" w14:paraId="75FFE3F0" w14:textId="77777777" w:rsidTr="00F006B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="960076120"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -1368,76 +1500,76 @@
                 <w:tcW w:w="675" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="206B1B2B" w14:textId="6F23E39E" w:rsidR="000E1D07" w:rsidRPr="00C57400" w:rsidRDefault="00D43184" w:rsidP="00EE351C">
                 <w:pPr>
                   <w:spacing w:before="120" w:after="120"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C57400">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10301" w:type="dxa"/>
+            <w:tcW w:w="10306" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="47FDFDD6" w14:textId="77777777" w:rsidR="000E1D07" w:rsidRPr="00C57400" w:rsidRDefault="000E1D07" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Student Candidate (an Internal and External Examiner should be nominated)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1D07" w:rsidRPr="00C57400" w14:paraId="592EE406" w14:textId="77777777" w:rsidTr="003C7B75">
+      <w:tr w:rsidR="000E1D07" w:rsidRPr="00C57400" w14:paraId="592EE406" w14:textId="77777777" w:rsidTr="00F006B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1449117449"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -1449,76 +1581,76 @@
               <w:tcPr>
                 <w:tcW w:w="675" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="74D86F49" w14:textId="06F09900" w:rsidR="000E1D07" w:rsidRPr="00C57400" w:rsidRDefault="00D43184">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C57400">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10301" w:type="dxa"/>
+            <w:tcW w:w="10306" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="2E324286" w14:textId="5B64026A" w:rsidR="000E1D07" w:rsidRPr="00C57400" w:rsidRDefault="000E1D07" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>University Staff Candidate (two External Examiners and an Internal Coordinator should be nominated)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1D07" w:rsidRPr="00C57400" w14:paraId="557BE21B" w14:textId="77777777" w:rsidTr="003C7B75">
+      <w:tr w:rsidR="000E1D07" w:rsidRPr="00C57400" w14:paraId="557BE21B" w14:textId="77777777" w:rsidTr="00F006B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1584831868"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -1530,545 +1662,583 @@
               <w:tcPr>
                 <w:tcW w:w="675" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="76EE8FBF" w14:textId="62CFE64A" w:rsidR="000E1D07" w:rsidRPr="00C57400" w:rsidRDefault="00D43184">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C57400">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10301" w:type="dxa"/>
+            <w:tcW w:w="10306" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="390D7CDC" w14:textId="77777777" w:rsidR="000E1D07" w:rsidRPr="00C57400" w:rsidRDefault="000E1D07" w:rsidP="00C72D4E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">University Staff Candidate holding either i) a non-established post arising from external financing or ii) an established post within the NHS </w:t>
+              <w:t xml:space="preserve">University Staff Candidate holding either </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) a non-established post arising from external financing or ii) an established post within the NHS </w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Honorary University Contract (an Internal and External Examiner should be nominated)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="50E54868" w14:textId="77777777" w:rsidR="00DF3856" w:rsidRDefault="00DF3856"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10973" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1823"/>
+        <w:gridCol w:w="1829"/>
+        <w:gridCol w:w="1834"/>
+        <w:gridCol w:w="1829"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1832"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00115B81" w:rsidRPr="00C57400" w14:paraId="263F9FA4" w14:textId="77777777" w:rsidTr="00DF3856">
+        <w:trPr>
+          <w:trHeight w:val="248"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10973" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9E0C04" w14:textId="4A0CA466" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="0045611F">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EXAMINERS’ DETAILS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115B81" w:rsidRPr="00C57400" w14:paraId="1C989F2F" w14:textId="77777777" w:rsidTr="00DF3856">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5486" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="71DC142B" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="00991FA6">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>External Examiner 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5487" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="22FE9B4D" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="00991FA6">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Internal Examiner </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115B81" w:rsidRPr="00C57400" w14:paraId="25E07882" w14:textId="77777777" w:rsidTr="00DF3856">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="261F891F" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="000A7496">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Title </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="22DC22D6" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="00B23E7D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>First Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="72312489" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="00B23E7D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Family Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="62538FD5" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="00297D5C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC1C628" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="00297D5C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>First Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="36DBB5F6" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="00297D5C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Family Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115B81" w:rsidRPr="00C57400" w14:paraId="2EEB812C" w14:textId="77777777" w:rsidTr="00DF3856">
+        <w:trPr>
+          <w:trHeight w:val="1020"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5486" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7BDA69" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="004A7696">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Correspondence Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D76B70D" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="004A7696">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E593D73" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="004A7696">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E311871" w14:textId="5AC74503" w:rsidR="00C9344D" w:rsidRPr="00C57400" w:rsidRDefault="00C9344D" w:rsidP="004A7696">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5487" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="57172B78" w14:textId="116BECEF" w:rsidR="00221ECA" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="00221ECA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Correspondence Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="43A40587" w14:textId="77777777" w:rsidR="00DF3856" w:rsidRDefault="00DF3856"/>
+    <w:p w14:paraId="4BE934B0" w14:textId="77777777" w:rsidR="00DF3856" w:rsidRDefault="00DF3856"/>
+    <w:p w14:paraId="5F6C09C9" w14:textId="77777777" w:rsidR="00DF3856" w:rsidRDefault="00DF3856"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10988" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1823"/>
         <w:gridCol w:w="919"/>
         <w:gridCol w:w="910"/>
         <w:gridCol w:w="1834"/>
         <w:gridCol w:w="1829"/>
         <w:gridCol w:w="915"/>
         <w:gridCol w:w="911"/>
         <w:gridCol w:w="1832"/>
         <w:gridCol w:w="15"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00115B81" w:rsidRPr="00C57400" w14:paraId="263F9FA4" w14:textId="77777777" w:rsidTr="00C90CFB">
-[...391 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00115B81" w:rsidRPr="00C57400" w14:paraId="1D32B1DD" w14:textId="77777777" w:rsidTr="00C90CFB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="15" w:type="dxa"/>
           <w:trHeight w:val="532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2742" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BC74203" w14:textId="5FFA65C3" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="009F571C" w:rsidP="00481140">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Contact phone </w:t>
             </w:r>
             <w:r w:rsidR="00E6067F" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="463C3C70" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="00481140">
@@ -2162,51 +2332,50 @@
           <w:tcPr>
             <w:tcW w:w="2742" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CDE3158" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="004A7696">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Academic Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3317D071" w14:textId="77777777" w:rsidR="00115B81" w:rsidRPr="00C57400" w:rsidRDefault="00115B81" w:rsidP="004A7696">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
@@ -2681,51 +2850,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If yes, please state when they were last appointed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1A32ED9D" w14:textId="77777777" w:rsidR="00952D71" w:rsidRPr="00C57400" w:rsidRDefault="005E2BC6" w:rsidP="00F03AE8">
+          <w:p w14:paraId="1A32ED9D" w14:textId="77777777" w:rsidR="00952D71" w:rsidRPr="00C57400" w:rsidRDefault="00DF3856" w:rsidP="00F03AE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-21327252"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00952D71" w:rsidRPr="00C57400">
                   <w:rPr>
@@ -3934,77 +4103,77 @@
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If yes, please state when they were last appointed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5AFAB8A2" w14:textId="77777777" w:rsidR="00952D71" w:rsidRPr="00C57400" w:rsidRDefault="005E2BC6" w:rsidP="009F571C">
+          <w:p w14:paraId="5AFAB8A2" w14:textId="61A905F3" w:rsidR="00952D71" w:rsidRPr="00C57400" w:rsidRDefault="00DF3856" w:rsidP="009F571C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2111464703"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00952D71" w:rsidRPr="00C57400">
+                <w:r w:rsidR="00F006B8">
                   <w:rPr>
-                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00952D71" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Yes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-639489761"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -4373,66 +4542,68 @@
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="549D8078" w14:textId="62A8A133" w:rsidR="00F03AE8" w:rsidRPr="00C57400" w:rsidRDefault="00F03AE8" w:rsidP="00F03AE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ho</w:t>
             </w:r>
             <w:r w:rsidR="00AE64AC">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/PGR Lead Name:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DD18D71" w14:textId="77777777" w:rsidR="00F03AE8" w:rsidRPr="00C57400" w:rsidRDefault="00F03AE8" w:rsidP="00F03AE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="39564DF1" w14:textId="77777777" w:rsidR="00F03AE8" w:rsidRPr="00C57400" w:rsidRDefault="00F03AE8" w:rsidP="00F03AE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4477,51 +4648,94 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D0036F5" w14:textId="77777777" w:rsidR="00F03AE8" w:rsidRPr="00C57400" w:rsidRDefault="00F03AE8" w:rsidP="00F03AE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42A86056" w14:textId="591E7BB9" w:rsidR="00457AFB" w:rsidRPr="00C57400" w:rsidRDefault="00457AFB" w:rsidP="00056774">
+    <w:p w14:paraId="447E7FA4" w14:textId="77777777" w:rsidR="00DF3856" w:rsidRDefault="00DF3856" w:rsidP="00056774">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:right="261"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7009C0C9" w14:textId="77777777" w:rsidR="00DF3856" w:rsidRDefault="00DF3856">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47ADC2E4" w14:textId="77777777" w:rsidR="00DF3856" w:rsidRDefault="00DF3856" w:rsidP="00056774">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:right="261"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42A86056" w14:textId="4135CAB1" w:rsidR="00457AFB" w:rsidRDefault="00457AFB" w:rsidP="00056774">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="261"/>
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57400">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Completed forms should be sent to your </w:t>
       </w:r>
       <w:r w:rsidR="00C57400" w:rsidRPr="00C57400">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4552,50 +4766,62 @@
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>esearch</w:t>
       </w:r>
       <w:r w:rsidR="00056774" w:rsidRPr="00C57400">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, Partnerships and Innovation</w:t>
       </w:r>
       <w:r w:rsidRPr="00C57400">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4132B20C" w14:textId="77777777" w:rsidR="00DF3856" w:rsidRPr="00C57400" w:rsidRDefault="00DF3856" w:rsidP="00056774">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:right="261"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="5084A672" w14:textId="50EF7A3E" w:rsidR="0095035D" w:rsidRPr="00C57400" w:rsidRDefault="00C57400" w:rsidP="00952D71">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57400">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>School</w:t>
       </w:r>
       <w:r w:rsidR="00457AFB" w:rsidRPr="00C57400">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="20"/>
@@ -4827,51 +5053,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10988" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="0BF25023" w14:textId="1B140FDF" w:rsidR="00363204" w:rsidRPr="00C57400" w:rsidRDefault="00E36A83" w:rsidP="00F63AB3">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>CONFIRMATION OF EXAMINERS</w:t>
             </w:r>
             <w:r w:rsidR="00824FD0" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: TO BE COMPLETED BY</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> RESEARCH</w:t>
             </w:r>
             <w:r w:rsidR="00056774" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
@@ -4892,86 +5117,108 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="197528F8" w14:textId="02E34A5B" w:rsidR="00824FD0" w:rsidRPr="00C57400" w:rsidRDefault="00824FD0" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Approved on behalf of the Faculty by:</w:t>
+              <w:t xml:space="preserve">Approved on behalf of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Faculty</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C57400">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3502" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EB178C0" w14:textId="77777777" w:rsidR="00824FD0" w:rsidRPr="00C57400" w:rsidRDefault="00824FD0" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examiners appointed on CIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3972429B" w14:textId="0FF94C37" w:rsidR="00824FD0" w:rsidRPr="00C57400" w:rsidRDefault="005E2BC6" w:rsidP="00363204">
+          <w:p w14:paraId="3972429B" w14:textId="0FF94C37" w:rsidR="00824FD0" w:rsidRPr="00C57400" w:rsidRDefault="00DF3856" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1001191536"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -4979,51 +5226,51 @@
                 <w:r w:rsidR="009F571C" w:rsidRPr="00C57400">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00824FD0" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6F71FA84" w14:textId="0FF1DAEF" w:rsidR="00824FD0" w:rsidRPr="00C57400" w:rsidRDefault="005E2BC6" w:rsidP="00363204">
+          <w:p w14:paraId="6F71FA84" w14:textId="0FF1DAEF" w:rsidR="00824FD0" w:rsidRPr="00C57400" w:rsidRDefault="00DF3856" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1099066399"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5119,56 +5366,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F6E9532" w14:textId="77777777" w:rsidR="00D44538" w:rsidRPr="00C57400" w:rsidRDefault="00D44538" w:rsidP="00C90CFB">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D44538" w:rsidRPr="00C57400" w:rsidSect="00383572">
-      <w:headerReference w:type="even" r:id="rId15"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="360" w:right="561" w:bottom="0" w:left="561" w:header="357" w:footer="357" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3C33AD2F" w14:textId="77777777" w:rsidR="00DB2369" w:rsidRDefault="00DB2369">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="63654D7D" w14:textId="77777777" w:rsidR="00DB2369" w:rsidRDefault="00DB2369">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -5247,170 +5489,120 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="485DA24A" w14:textId="77777777" w:rsidR="005E20A2" w:rsidRDefault="005E20A2">
-[...9 lines deleted...]
-  <w:p w14:paraId="0A0E7FCC" w14:textId="39EF2DE7" w:rsidR="00C50331" w:rsidRPr="0095035D" w:rsidRDefault="003A5FEB" w:rsidP="0029424B">
+  <w:p w14:paraId="0A0E7FCC" w14:textId="1EEE7DA5" w:rsidR="00C50331" w:rsidRPr="0095035D" w:rsidRDefault="002157AE" w:rsidP="0029424B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>August</w:t>
+      <w:t>October</w:t>
     </w:r>
     <w:r w:rsidR="005E20A2">
       <w:rPr>
         <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="007824F6">
       <w:rPr>
         <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="003A5FEB">
       <w:rPr>
         <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="27706BB2" w14:textId="77777777" w:rsidR="00DB2369" w:rsidRDefault="00DB2369">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1C367601" w14:textId="77777777" w:rsidR="00DB2369" w:rsidRDefault="00DB2369">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9DD21C94"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -5843,60 +6035,61 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="770321949">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="548107947">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="933785483">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="759519576">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="95"/>
+  <w:zoom w:percent="98"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="53249"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D13D9"/>
     <w:rsid w:val="0000694E"/>
     <w:rsid w:val="00025861"/>
     <w:rsid w:val="00026F6E"/>
     <w:rsid w:val="00040631"/>
     <w:rsid w:val="00043DDD"/>
     <w:rsid w:val="00045D11"/>
@@ -5905,75 +6098,77 @@
     <w:rsid w:val="00056544"/>
     <w:rsid w:val="00056774"/>
     <w:rsid w:val="00065CDD"/>
     <w:rsid w:val="00075563"/>
     <w:rsid w:val="00084909"/>
     <w:rsid w:val="00091FB9"/>
     <w:rsid w:val="000A7496"/>
     <w:rsid w:val="000A76D8"/>
     <w:rsid w:val="000D3553"/>
     <w:rsid w:val="000D35E2"/>
     <w:rsid w:val="000E1D07"/>
     <w:rsid w:val="000E5624"/>
     <w:rsid w:val="000F7884"/>
     <w:rsid w:val="0010178A"/>
     <w:rsid w:val="00103042"/>
     <w:rsid w:val="0011249D"/>
     <w:rsid w:val="00115B81"/>
     <w:rsid w:val="00130E17"/>
     <w:rsid w:val="0014001F"/>
     <w:rsid w:val="00152A4E"/>
     <w:rsid w:val="0016344D"/>
     <w:rsid w:val="0018291E"/>
     <w:rsid w:val="00187392"/>
     <w:rsid w:val="001A12EC"/>
     <w:rsid w:val="0021161F"/>
+    <w:rsid w:val="002157AE"/>
     <w:rsid w:val="00221ECA"/>
     <w:rsid w:val="00224C8D"/>
     <w:rsid w:val="002260EF"/>
     <w:rsid w:val="00233A30"/>
     <w:rsid w:val="00243D04"/>
     <w:rsid w:val="00245C24"/>
     <w:rsid w:val="002522A0"/>
     <w:rsid w:val="00252EE5"/>
     <w:rsid w:val="002646F5"/>
     <w:rsid w:val="00266C89"/>
     <w:rsid w:val="00275423"/>
     <w:rsid w:val="0029137E"/>
     <w:rsid w:val="00292ED2"/>
     <w:rsid w:val="0029424B"/>
     <w:rsid w:val="00294AB7"/>
     <w:rsid w:val="00297D5C"/>
     <w:rsid w:val="002A5B6B"/>
     <w:rsid w:val="002B3D24"/>
     <w:rsid w:val="002E5562"/>
     <w:rsid w:val="002F3128"/>
     <w:rsid w:val="003006F8"/>
     <w:rsid w:val="00301AEB"/>
     <w:rsid w:val="00314820"/>
     <w:rsid w:val="00316D67"/>
     <w:rsid w:val="00323B6A"/>
+    <w:rsid w:val="00333CC3"/>
     <w:rsid w:val="003521B1"/>
     <w:rsid w:val="003546E8"/>
     <w:rsid w:val="00360E23"/>
     <w:rsid w:val="00363204"/>
     <w:rsid w:val="00370147"/>
     <w:rsid w:val="00372F0E"/>
     <w:rsid w:val="003807BC"/>
     <w:rsid w:val="00383572"/>
     <w:rsid w:val="0038527A"/>
     <w:rsid w:val="00386A56"/>
     <w:rsid w:val="003A5FEB"/>
     <w:rsid w:val="003C5561"/>
     <w:rsid w:val="003C5C99"/>
     <w:rsid w:val="003C7B75"/>
     <w:rsid w:val="003D2371"/>
     <w:rsid w:val="003E2B74"/>
     <w:rsid w:val="003F1B69"/>
     <w:rsid w:val="003F1C80"/>
     <w:rsid w:val="003F27D6"/>
     <w:rsid w:val="00416F55"/>
     <w:rsid w:val="00417B59"/>
     <w:rsid w:val="0045611F"/>
     <w:rsid w:val="00457AFB"/>
     <w:rsid w:val="00462585"/>
     <w:rsid w:val="004642C1"/>
@@ -6016,50 +6211,51 @@
     <w:rsid w:val="007276A6"/>
     <w:rsid w:val="007514E0"/>
     <w:rsid w:val="00760CB7"/>
     <w:rsid w:val="0077035C"/>
     <w:rsid w:val="00774F82"/>
     <w:rsid w:val="007824F6"/>
     <w:rsid w:val="007A18AE"/>
     <w:rsid w:val="007B4C3E"/>
     <w:rsid w:val="007B5680"/>
     <w:rsid w:val="007B5C54"/>
     <w:rsid w:val="007B7673"/>
     <w:rsid w:val="007C10FA"/>
     <w:rsid w:val="007E1510"/>
     <w:rsid w:val="007E7071"/>
     <w:rsid w:val="00816A84"/>
     <w:rsid w:val="00817430"/>
     <w:rsid w:val="00824FD0"/>
     <w:rsid w:val="00857888"/>
     <w:rsid w:val="00864306"/>
     <w:rsid w:val="00892D34"/>
     <w:rsid w:val="008A3E99"/>
     <w:rsid w:val="008B4269"/>
     <w:rsid w:val="008D13D9"/>
     <w:rsid w:val="008E6D22"/>
     <w:rsid w:val="008F5430"/>
+    <w:rsid w:val="00903E8A"/>
     <w:rsid w:val="00907427"/>
     <w:rsid w:val="009439E5"/>
     <w:rsid w:val="0095035D"/>
     <w:rsid w:val="00952D71"/>
     <w:rsid w:val="00963912"/>
     <w:rsid w:val="00980B04"/>
     <w:rsid w:val="00984249"/>
     <w:rsid w:val="00991FA6"/>
     <w:rsid w:val="00992D43"/>
     <w:rsid w:val="00993088"/>
     <w:rsid w:val="0099348A"/>
     <w:rsid w:val="00997C03"/>
     <w:rsid w:val="009A1131"/>
     <w:rsid w:val="009B362F"/>
     <w:rsid w:val="009C7B7F"/>
     <w:rsid w:val="009D2C2C"/>
     <w:rsid w:val="009D60D8"/>
     <w:rsid w:val="009E43DB"/>
     <w:rsid w:val="009F571C"/>
     <w:rsid w:val="00A16B9F"/>
     <w:rsid w:val="00A22E27"/>
     <w:rsid w:val="00A4039A"/>
     <w:rsid w:val="00A438D0"/>
     <w:rsid w:val="00A50CA5"/>
     <w:rsid w:val="00A55B48"/>
@@ -6094,101 +6290,103 @@
     <w:rsid w:val="00C820C6"/>
     <w:rsid w:val="00C90CFB"/>
     <w:rsid w:val="00C9344D"/>
     <w:rsid w:val="00CB02BC"/>
     <w:rsid w:val="00CB43C6"/>
     <w:rsid w:val="00CD0EF2"/>
     <w:rsid w:val="00D04AA1"/>
     <w:rsid w:val="00D12953"/>
     <w:rsid w:val="00D16771"/>
     <w:rsid w:val="00D27C99"/>
     <w:rsid w:val="00D43184"/>
     <w:rsid w:val="00D44538"/>
     <w:rsid w:val="00D541B6"/>
     <w:rsid w:val="00D55544"/>
     <w:rsid w:val="00D624E8"/>
     <w:rsid w:val="00D6340F"/>
     <w:rsid w:val="00D76842"/>
     <w:rsid w:val="00D970CC"/>
     <w:rsid w:val="00DA3CD6"/>
     <w:rsid w:val="00DB0CD6"/>
     <w:rsid w:val="00DB2369"/>
     <w:rsid w:val="00DC3AC1"/>
     <w:rsid w:val="00DC4306"/>
     <w:rsid w:val="00DD6F4D"/>
     <w:rsid w:val="00DD7BD8"/>
+    <w:rsid w:val="00DF3856"/>
     <w:rsid w:val="00E1377A"/>
     <w:rsid w:val="00E27012"/>
     <w:rsid w:val="00E36A83"/>
     <w:rsid w:val="00E40FB3"/>
     <w:rsid w:val="00E46546"/>
     <w:rsid w:val="00E6067F"/>
     <w:rsid w:val="00E74E64"/>
     <w:rsid w:val="00E77372"/>
     <w:rsid w:val="00E816D5"/>
     <w:rsid w:val="00E92CDA"/>
     <w:rsid w:val="00E94243"/>
     <w:rsid w:val="00EC55B7"/>
     <w:rsid w:val="00ED19FA"/>
     <w:rsid w:val="00ED6125"/>
     <w:rsid w:val="00EE351C"/>
+    <w:rsid w:val="00F006B8"/>
     <w:rsid w:val="00F03AE8"/>
     <w:rsid w:val="00F122B7"/>
     <w:rsid w:val="00F17326"/>
     <w:rsid w:val="00F233A7"/>
     <w:rsid w:val="00F553F3"/>
     <w:rsid w:val="00F571CB"/>
     <w:rsid w:val="00F63AB3"/>
     <w:rsid w:val="00F64481"/>
     <w:rsid w:val="00F721CD"/>
     <w:rsid w:val="00FA4224"/>
     <w:rsid w:val="00FB7486"/>
     <w:rsid w:val="00FC023E"/>
     <w:rsid w:val="00FC75C5"/>
     <w:rsid w:val="00FE0EE6"/>
     <w:rsid w:val="00FF0068"/>
     <w:rsid w:val="00FF4F32"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="53249"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="01CC86C1"/>
   <w15:docId w15:val="{219E475C-4E1B-4C8E-A4F0-2A4F7317E893}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -6778,51 +6976,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B7416"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00026F6E"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/examination/appointing-examiners" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrhealth@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgreng@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrarts@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/examination/appointing-examiners" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsocsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/examination/appointing-examiners" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrhealth@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgreng@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrarts@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/examination/appointing-examiners" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsocsci@sheffield.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7106,66 +7304,66 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>827</Words>
-  <Characters>5529</Characters>
+  <Words>849</Words>
+  <Characters>5675</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Sheffield</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6344</CharactersWithSpaces>
+  <CharactersWithSpaces>6511</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Estates</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>