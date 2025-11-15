--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -438,51 +438,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the student submits their thesis and </w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>at least</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight weeks before the date of the oral examination.  All examiners must be approved by Faculty and failure to appoint examiners in a timely manner may delay the examination process.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50122CC4" w14:textId="5FEE7DFB" w:rsidR="00091FB9" w:rsidRPr="00C57400" w:rsidRDefault="00091FB9" w:rsidP="00FC023E">
+          <w:p w14:paraId="50122CC4" w14:textId="1570B24E" w:rsidR="00091FB9" w:rsidRPr="00C57400" w:rsidRDefault="00091FB9" w:rsidP="00FC023E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Suitability criteria for appointing examiners: </w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
@@ -501,69 +501,51 @@
               </w:rPr>
               <w:t>external examiner</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> is expected to have significant and demonstrable knowledge of the field covered by the thesis </w:t>
             </w:r>
             <w:r w:rsidR="00D43184" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> provide an in-depth analysis of the thesis and </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> provide a rigorous viva voce examination. The </w:t>
+              <w:t xml:space="preserve"> provide an in-depth analysis of the thesis and in order to provide a rigorous viva voce examination. The </w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>internal examiner</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> should be able to assess the thesis and to contribute to the oral examination and should also have a sound knowledge and understanding of </w:t>
             </w:r>
             <w:r w:rsidR="00D43184" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -616,51 +598,51 @@
               </w:rPr>
               <w:t xml:space="preserve">   Should this not be the case, the curriculum vitae of the proposed examiner and a supporting statement as to why </w:t>
             </w:r>
             <w:r w:rsidR="00040631" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>they are</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> appropriate should be provided. The case will then be assessed by the relevant Faculty Officer</w:t>
             </w:r>
             <w:r w:rsidR="00C50331" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.  An internal coordinator may be required if the internal examiner has not had accrued much examination experience</w:t>
+              <w:t>.  An internal coordinator may be required if the internal examiner has not accrued much examination experience</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007B7673" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="007B7673" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1362,83 +1344,85 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a Non-Disclosure Agreement required before the thesis is sent to the examiners?  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2031714084"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Yes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-652449361"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00C57400">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   No</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E11B0AE" w14:textId="6918BD5A" w:rsidR="00F006B8" w:rsidRPr="00C57400" w:rsidRDefault="00F006B8" w:rsidP="00EE351C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
@@ -1682,71 +1666,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10306" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="390D7CDC" w14:textId="77777777" w:rsidR="000E1D07" w:rsidRPr="00C57400" w:rsidRDefault="000E1D07" w:rsidP="00C72D4E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">University Staff Candidate holding either </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">) a non-established post arising from external financing or ii) an established post within the NHS </w:t>
+              <w:t xml:space="preserve">University Staff Candidate holding either i) a non-established post arising from external financing or ii) an established post within the NHS </w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Honorary University Contract (an Internal and External Examiner should be nominated)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="50E54868" w14:textId="77777777" w:rsidR="00DF3856" w:rsidRDefault="00DF3856"/>
@@ -2850,51 +2814,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If yes, please state when they were last appointed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1A32ED9D" w14:textId="77777777" w:rsidR="00952D71" w:rsidRPr="00C57400" w:rsidRDefault="00DF3856" w:rsidP="00F03AE8">
+          <w:p w14:paraId="1A32ED9D" w14:textId="77777777" w:rsidR="00952D71" w:rsidRPr="00C57400" w:rsidRDefault="00B10575" w:rsidP="00F03AE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-21327252"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00952D71" w:rsidRPr="00C57400">
                   <w:rPr>
@@ -4103,51 +4067,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If yes, please state when they were last appointed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5AFAB8A2" w14:textId="61A905F3" w:rsidR="00952D71" w:rsidRPr="00C57400" w:rsidRDefault="00DF3856" w:rsidP="009F571C">
+          <w:p w14:paraId="5AFAB8A2" w14:textId="61A905F3" w:rsidR="00952D71" w:rsidRPr="00C57400" w:rsidRDefault="00B10575" w:rsidP="009F571C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2111464703"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F006B8">
                   <w:rPr>
@@ -4542,68 +4506,66 @@
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="549D8078" w14:textId="62A8A133" w:rsidR="00F03AE8" w:rsidRPr="00C57400" w:rsidRDefault="00F03AE8" w:rsidP="00F03AE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ho</w:t>
             </w:r>
             <w:r w:rsidR="00AE64AC">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/PGR Lead Name:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DD18D71" w14:textId="77777777" w:rsidR="00F03AE8" w:rsidRPr="00C57400" w:rsidRDefault="00F03AE8" w:rsidP="00F03AE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="39564DF1" w14:textId="77777777" w:rsidR="00F03AE8" w:rsidRPr="00C57400" w:rsidRDefault="00F03AE8" w:rsidP="00F03AE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5117,108 +5079,86 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="197528F8" w14:textId="02E34A5B" w:rsidR="00824FD0" w:rsidRPr="00C57400" w:rsidRDefault="00824FD0" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approved on behalf of the </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> by:</w:t>
+              <w:t>Approved on behalf of the Faculty by:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3502" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EB178C0" w14:textId="77777777" w:rsidR="00824FD0" w:rsidRPr="00C57400" w:rsidRDefault="00824FD0" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examiners appointed on CIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3972429B" w14:textId="0FF94C37" w:rsidR="00824FD0" w:rsidRPr="00C57400" w:rsidRDefault="00DF3856" w:rsidP="00363204">
+          <w:p w14:paraId="3972429B" w14:textId="0FF94C37" w:rsidR="00824FD0" w:rsidRPr="00C57400" w:rsidRDefault="00B10575" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1001191536"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5226,51 +5166,51 @@
                 <w:r w:rsidR="009F571C" w:rsidRPr="00C57400">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00824FD0" w:rsidRPr="00C57400">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6F71FA84" w14:textId="0FF1DAEF" w:rsidR="00824FD0" w:rsidRPr="00C57400" w:rsidRDefault="00DF3856" w:rsidP="00363204">
+          <w:p w14:paraId="6F71FA84" w14:textId="0FF1DAEF" w:rsidR="00824FD0" w:rsidRPr="00C57400" w:rsidRDefault="00B10575" w:rsidP="00363204">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1099066399"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6037,105 +5977,105 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="770321949">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="548107947">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="933785483">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="759519576">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="98"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D13D9"/>
     <w:rsid w:val="0000694E"/>
     <w:rsid w:val="00025861"/>
     <w:rsid w:val="00026F6E"/>
     <w:rsid w:val="00040631"/>
     <w:rsid w:val="00043DDD"/>
     <w:rsid w:val="00045D11"/>
     <w:rsid w:val="00047C7A"/>
     <w:rsid w:val="000506C1"/>
     <w:rsid w:val="00056544"/>
     <w:rsid w:val="00056774"/>
     <w:rsid w:val="00065CDD"/>
     <w:rsid w:val="00075563"/>
     <w:rsid w:val="00084909"/>
     <w:rsid w:val="00091FB9"/>
     <w:rsid w:val="000A7496"/>
     <w:rsid w:val="000A76D8"/>
     <w:rsid w:val="000D3553"/>
     <w:rsid w:val="000D35E2"/>
     <w:rsid w:val="000E1D07"/>
     <w:rsid w:val="000E5624"/>
     <w:rsid w:val="000F7884"/>
     <w:rsid w:val="0010178A"/>
     <w:rsid w:val="00103042"/>
     <w:rsid w:val="0011249D"/>
     <w:rsid w:val="00115B81"/>
     <w:rsid w:val="00130E17"/>
     <w:rsid w:val="0014001F"/>
+    <w:rsid w:val="00141FF1"/>
     <w:rsid w:val="00152A4E"/>
     <w:rsid w:val="0016344D"/>
     <w:rsid w:val="0018291E"/>
     <w:rsid w:val="00187392"/>
     <w:rsid w:val="001A12EC"/>
     <w:rsid w:val="0021161F"/>
     <w:rsid w:val="002157AE"/>
     <w:rsid w:val="00221ECA"/>
     <w:rsid w:val="00224C8D"/>
     <w:rsid w:val="002260EF"/>
     <w:rsid w:val="00233A30"/>
     <w:rsid w:val="00243D04"/>
     <w:rsid w:val="00245C24"/>
     <w:rsid w:val="002522A0"/>
     <w:rsid w:val="00252EE5"/>
     <w:rsid w:val="002646F5"/>
     <w:rsid w:val="00266C89"/>
     <w:rsid w:val="00275423"/>
     <w:rsid w:val="0029137E"/>
     <w:rsid w:val="00292ED2"/>
     <w:rsid w:val="0029424B"/>
     <w:rsid w:val="00294AB7"/>
     <w:rsid w:val="00297D5C"/>
     <w:rsid w:val="002A5B6B"/>
     <w:rsid w:val="002B3D24"/>
@@ -6196,50 +6136,51 @@
     <w:rsid w:val="00613604"/>
     <w:rsid w:val="00621CC8"/>
     <w:rsid w:val="00632C69"/>
     <w:rsid w:val="006438EF"/>
     <w:rsid w:val="0064486A"/>
     <w:rsid w:val="0065433C"/>
     <w:rsid w:val="006676FA"/>
     <w:rsid w:val="0067715D"/>
     <w:rsid w:val="006906B2"/>
     <w:rsid w:val="006B7416"/>
     <w:rsid w:val="006D6BD4"/>
     <w:rsid w:val="006E1C5B"/>
     <w:rsid w:val="006E55CE"/>
     <w:rsid w:val="007130E1"/>
     <w:rsid w:val="00726BBC"/>
     <w:rsid w:val="007276A6"/>
     <w:rsid w:val="007514E0"/>
     <w:rsid w:val="00760CB7"/>
     <w:rsid w:val="0077035C"/>
     <w:rsid w:val="00774F82"/>
     <w:rsid w:val="007824F6"/>
     <w:rsid w:val="007A18AE"/>
     <w:rsid w:val="007B4C3E"/>
     <w:rsid w:val="007B5680"/>
     <w:rsid w:val="007B5C54"/>
+    <w:rsid w:val="007B642F"/>
     <w:rsid w:val="007B7673"/>
     <w:rsid w:val="007C10FA"/>
     <w:rsid w:val="007E1510"/>
     <w:rsid w:val="007E7071"/>
     <w:rsid w:val="00816A84"/>
     <w:rsid w:val="00817430"/>
     <w:rsid w:val="00824FD0"/>
     <w:rsid w:val="00857888"/>
     <w:rsid w:val="00864306"/>
     <w:rsid w:val="00892D34"/>
     <w:rsid w:val="008A3E99"/>
     <w:rsid w:val="008B4269"/>
     <w:rsid w:val="008D13D9"/>
     <w:rsid w:val="008E6D22"/>
     <w:rsid w:val="008F5430"/>
     <w:rsid w:val="00903E8A"/>
     <w:rsid w:val="00907427"/>
     <w:rsid w:val="009439E5"/>
     <w:rsid w:val="0095035D"/>
     <w:rsid w:val="00952D71"/>
     <w:rsid w:val="00963912"/>
     <w:rsid w:val="00980B04"/>
     <w:rsid w:val="00984249"/>
     <w:rsid w:val="00991FA6"/>
     <w:rsid w:val="00992D43"/>
@@ -6247,50 +6188,51 @@
     <w:rsid w:val="0099348A"/>
     <w:rsid w:val="00997C03"/>
     <w:rsid w:val="009A1131"/>
     <w:rsid w:val="009B362F"/>
     <w:rsid w:val="009C7B7F"/>
     <w:rsid w:val="009D2C2C"/>
     <w:rsid w:val="009D60D8"/>
     <w:rsid w:val="009E43DB"/>
     <w:rsid w:val="009F571C"/>
     <w:rsid w:val="00A16B9F"/>
     <w:rsid w:val="00A22E27"/>
     <w:rsid w:val="00A4039A"/>
     <w:rsid w:val="00A438D0"/>
     <w:rsid w:val="00A50CA5"/>
     <w:rsid w:val="00A55B48"/>
     <w:rsid w:val="00A6100C"/>
     <w:rsid w:val="00A70F92"/>
     <w:rsid w:val="00AA599C"/>
     <w:rsid w:val="00AC6490"/>
     <w:rsid w:val="00AC65DB"/>
     <w:rsid w:val="00AD2520"/>
     <w:rsid w:val="00AD40FD"/>
     <w:rsid w:val="00AE17A3"/>
     <w:rsid w:val="00AE64AC"/>
     <w:rsid w:val="00AF2AA9"/>
+    <w:rsid w:val="00B10575"/>
     <w:rsid w:val="00B22FC9"/>
     <w:rsid w:val="00B23E7D"/>
     <w:rsid w:val="00B35110"/>
     <w:rsid w:val="00B43F2C"/>
     <w:rsid w:val="00B4642F"/>
     <w:rsid w:val="00B646A0"/>
     <w:rsid w:val="00B65F7D"/>
     <w:rsid w:val="00BC41EF"/>
     <w:rsid w:val="00BC597B"/>
     <w:rsid w:val="00BC640D"/>
     <w:rsid w:val="00BC6AEB"/>
     <w:rsid w:val="00BD5306"/>
     <w:rsid w:val="00C06654"/>
     <w:rsid w:val="00C11AAB"/>
     <w:rsid w:val="00C50331"/>
     <w:rsid w:val="00C542C5"/>
     <w:rsid w:val="00C57400"/>
     <w:rsid w:val="00C72D4E"/>
     <w:rsid w:val="00C820C6"/>
     <w:rsid w:val="00C90CFB"/>
     <w:rsid w:val="00C9344D"/>
     <w:rsid w:val="00CB02BC"/>
     <w:rsid w:val="00CB43C6"/>
     <w:rsid w:val="00CD0EF2"/>
     <w:rsid w:val="00D04AA1"/>
@@ -6342,51 +6284,51 @@
     <w:rsid w:val="00FB7486"/>
     <w:rsid w:val="00FC023E"/>
     <w:rsid w:val="00FC75C5"/>
     <w:rsid w:val="00FE0EE6"/>
     <w:rsid w:val="00FF0068"/>
     <w:rsid w:val="00FF4F32"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="01CC86C1"/>
   <w15:docId w15:val="{219E475C-4E1B-4C8E-A4F0-2A4F7317E893}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -7304,66 +7246,66 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>849</Words>
-  <Characters>5675</Characters>
+  <Words>848</Words>
+  <Characters>5672</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>226</Lines>
+  <Paragraphs>97</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Sheffield</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6511</CharactersWithSpaces>
+  <CharactersWithSpaces>6423</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Estates</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>