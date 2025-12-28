--- v0 (2025-10-06)
+++ v1 (2025-12-28)
@@ -1,6052 +1,3791 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="65A8A523" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="a"/>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3964"/>
         <w:gridCol w:w="6242"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00375520" w:rsidRPr="00AC3435" w14:paraId="361AF8C3" w14:textId="77777777" w:rsidTr="00DC3002">
+      <w:tr w:rsidR="002B480E" w14:paraId="7504DF73" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35E8DE3B" w14:textId="77777777" w:rsidR="00375520" w:rsidRDefault="00375520" w:rsidP="00DC3002">
+          <w:p w14:paraId="11D42F2C" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43C63252" wp14:editId="3229473E">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="26FFCE94" wp14:editId="3EA4DD9B">
                   <wp:simplePos x="0" y="0"/>
-                  <wp:positionH relativeFrom="margin">
-                    <wp:posOffset>-6350</wp:posOffset>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-6349</wp:posOffset>
                   </wp:positionH>
-                  <wp:positionV relativeFrom="page">
-                    <wp:posOffset>3810</wp:posOffset>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>-427989</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2109470" cy="669290"/>
-                  <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1" name="Picture 1" descr="A picture containing text&#10;&#10;Description automatically generated"/>
-[...2 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                  <wp:docPr id="2" name="image1.png" descr="A picture containing text&#10;&#10;Description automatically generated"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="4" name="Picture 4" descr="A picture containing text&#10;&#10;Description automatically generated"/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="0" name="image1.png" descr="A picture containing text&#10;&#10;Description automatically generated"/>
+                          <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6" cstate="print">
-[...5 lines deleted...]
-                          </a:blip>
+                          <a:blip r:embed="rId8"/>
+                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2109470" cy="669290"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
+                          <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                  <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                  </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41A254BA" w14:textId="77777777" w:rsidR="00375520" w:rsidRDefault="00375520" w:rsidP="00DC3002">
+          <w:p w14:paraId="14225D57" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0B992E81" w14:textId="77777777" w:rsidR="00375520" w:rsidRDefault="00375520" w:rsidP="00DC3002">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0563887C" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0E99B08E" w14:textId="77777777" w:rsidR="00375520" w:rsidRDefault="00375520" w:rsidP="00DC3002">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5677A129" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3916F913" w14:textId="77777777" w:rsidR="00375520" w:rsidRPr="00AC3435" w:rsidRDefault="00375520" w:rsidP="00DC3002">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="466E90DD" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6242" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="415E1E4D" w14:textId="472EF34D" w:rsidR="00375520" w:rsidRPr="00E83A5F" w:rsidRDefault="00375520" w:rsidP="00375520">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:p w14:paraId="1AB84880" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E83A5F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t xml:space="preserve">Application for </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              <w:t xml:space="preserve">Application for an Extension to Time Limit for PGR Students </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AC224A7" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="36"/>
-[...26 lines deleted...]
-                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">For guidance on completing this form, please see: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidRPr="00E83A5F">
+            <w:hyperlink r:id="rId9">
+              <w:r>
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:color w:val="0000FF"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://www.sheffield.ac.uk/rpi/pgr/manage/extensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D88FD0C" w14:textId="07CEB658" w:rsidR="007E53F6" w:rsidRPr="00375520" w:rsidRDefault="007E53F6" w:rsidP="00375520">
+    <w:p w14:paraId="56FD353D" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="a0"/>
         <w:tblW w:w="10171" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2212"/>
-        <w:gridCol w:w="924"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="153"/>
+        <w:gridCol w:w="934"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="951"/>
         <w:gridCol w:w="420"/>
-        <w:gridCol w:w="625"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="604"/>
+        <w:gridCol w:w="1863"/>
+        <w:gridCol w:w="2845"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A56E6E" w:rsidRPr="00E83A5F" w14:paraId="14517B8B" w14:textId="77777777" w:rsidTr="00B0176B">
+      <w:tr w:rsidR="002B480E" w14:paraId="7EB06907" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10171" w:type="dxa"/>
-            <w:gridSpan w:val="18"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="226EEB9C" w14:textId="77777777" w:rsidR="00A56E6E" w:rsidRPr="00E83A5F" w:rsidRDefault="00A56E6E" w:rsidP="00BB16E7">
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF045BE" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECTION 1: TO BE COMPLETED BY THE STUDENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008020D6" w:rsidRPr="00E83A5F" w14:paraId="492B1820" w14:textId="77777777" w:rsidTr="00375520">
+      <w:tr w:rsidR="002B480E" w14:paraId="13EAA8ED" w14:textId="77777777" w:rsidTr="00F34BEE">
+        <w:trPr>
+          <w:trHeight w:val="1307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10171" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BA3E08" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76" w:rsidP="00F34BEE">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IMPORTANT NOTE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Students should note that extensions are only granted in </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>truly exceptional circumstances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Extensions will only be considered for the purpose of completing and submitting the thesis.  Extension requests should be submitted before the student's current time limit. Students should continue to work towards submitting their thesis by their current time limit whilst their request is considered because there is no guarantee that an application will be approved.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="762FBA9D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14FD3BFF" w14:textId="77777777" w:rsidR="00A652CF" w:rsidRPr="00E83A5F" w:rsidRDefault="00A652CF" w:rsidP="00E85D2C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:p w14:paraId="2C5F54C8" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Family Name</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51F35777" w14:textId="77777777" w:rsidR="004D7640" w:rsidRPr="00E83A5F" w:rsidRDefault="004D7640" w:rsidP="00E85D2C">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:p w14:paraId="60443779" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="34110D5A" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D39FADC" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          </w:tcPr>
+          <w:p w14:paraId="04597024" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0007796B" w:rsidRPr="00E83A5F" w14:paraId="1C4CB95C" w14:textId="77777777" w:rsidTr="00375520">
+      <w:tr w:rsidR="002B480E" w14:paraId="76236161" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15496ACE" w14:textId="77777777" w:rsidR="0007796B" w:rsidRPr="00E83A5F" w:rsidRDefault="0007796B" w:rsidP="00E85D2C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:p w14:paraId="20171951" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Registration Number</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C9318E2" w14:textId="77777777" w:rsidR="0007796B" w:rsidRPr="00E83A5F" w:rsidRDefault="0007796B" w:rsidP="00E85D2C">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:p w14:paraId="3132EAB4" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0962D0AA" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EEBB1FF" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          </w:tcPr>
+          <w:p w14:paraId="23184BDF" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C72E3" w:rsidRPr="00E83A5F" w14:paraId="1FC8861B" w14:textId="77777777" w:rsidTr="00375520">
+      <w:tr w:rsidR="002B480E" w14:paraId="38158545" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2212" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FACA573" w14:textId="3DA0AE93" w:rsidR="009C72E3" w:rsidRPr="00E83A5F" w:rsidRDefault="009C72E3" w:rsidP="00E85D2C">
-[...37 lines deleted...]
-              <w:t>, Remote Location)</w:t>
+          <w:p w14:paraId="465BCF5B" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mode of attendance (e.g. FT, PT, Remote Location)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2831" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B2EBF7B" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B74C153" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Staff Candidate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          </w:tcPr>
+          <w:p w14:paraId="29297FB8" w14:textId="41986BEA" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:tag w:val="goog_rdk_0"/>
+                <w:id w:val="2144945158"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="1364559747"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="00F34BEE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> Yes</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:sdt>
+              <w:sdtPr>
+                <w:tag w:val="goog_rdk_1"/>
+                <w:id w:val="1071920336"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+                    <w:sz w:val="17"/>
+                    <w:szCs w:val="17"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">     </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+                    <w:sz w:val="17"/>
+                    <w:szCs w:val="17"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="-248503557"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="00F34BEE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+                    <w:sz w:val="17"/>
+                    <w:szCs w:val="17"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="4F3C03A9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2212" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA67039" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Current Time Limit</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="082C117A" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(this is the date your extension will start)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA735D6" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="D9D9D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="D9D9D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C91548" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="D9D9D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="D9D9D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67422A05" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="D9D9D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="D9D9D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>YYYY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2283" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7052EADD" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Number of Months’ Extension Requested</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38091373" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="D9D9D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="46F454F0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10171" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C653EEA" w14:textId="6097B231" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please state what exceptional circumstances you have </w:t>
+            </w:r>
+            <w:r w:rsidR="00F34BEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>encountered that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will prevent you from completing your thesis within your current time limit. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F40DC0" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14C03261" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C596C7C" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DA3A231" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09922724" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="693751D3" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10171" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="266B5242" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please explain why these issues could not be foreseen or mitigated at an earlier stage. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E3F63FF" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60EC2C6A" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F70C53C" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C2524F2" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18074038" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="4CDD91E7" w14:textId="77777777" w:rsidTr="00F34BEE">
+        <w:trPr>
+          <w:trHeight w:val="1327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10171" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD531A0" w14:textId="4A00A064" w:rsidR="002B480E" w:rsidRPr="00F34BEE" w:rsidRDefault="005D2C76" w:rsidP="00F34BEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please state how much of your thesis is currently completed and how much additional work still needs to be done prior to submission: - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e.g. 80% completed, 20% not yet completed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="032BFA68" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10171" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B332F65" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lease provide a detailed work plan for completing your thesis within the requested extension period. Your workplan should: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25AE25C9" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Be presented as a Gantt chart, timeline, or similar format that clearly shows when specific activities will occur</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24EC5FAC" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Break down the work into specific, measurable tasks (e.g. ‘complete analysis of Dataset X’, ‘write Chapter 4’, ‘address supervisor feedback on chapters 1-3’)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1F002F" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Cover the entire extension period month-by-month</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F56D57B" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Be realistic and achievable given your circumstances</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11489153" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Be sufficiently detailed that progress can be monitored</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27FBD520" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Applications that provide only vague activities (e.g. ‘write thesis’ or ‘complete research’), or lack appropriate detail, will not be approved. Your work plan should be appended to this form as a separate document. It should be clearly readable and professionally presented.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="202CFA49" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5463" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="493209B9" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Student signature:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4708" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FABE2EA" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="73E03DAB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10171" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="788A7CBC" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Confirmation of the outcome of your time limit extension request will be sent to your university email account</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a1"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3968"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="2269"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002B480E" w14:paraId="3AC6D40A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B11F3E8" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>SECTION 2: TO BE COMPLETED BY THE SCHOOL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="29910625" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="862"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="78C1456B" w14:textId="17B58CAE" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IMPORTANT NOTE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: Extensions should only be considered in response to unforeseeable circumstances that occur beyond the control of an individual PGR student, and that adversely affect the student’s ability to submit within the expected time limit. There is no guarantee that a time limit extension will be approved, especially if the circumstances could have been mitigated at an earlier stage. For guidance on what could constitute truly exceptional circumstances warranting consideration of a time limit extension,  the superv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">isor and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HoS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/PGR </w:t>
+            </w:r>
+            <w:r w:rsidR="00F34BEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ead should consult the guidance at: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10">
+              <w:r>
                 <w:rPr>
-                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-                  <w:szCs w:val="17"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
-                <w:id w:val="1099378063"/>
+                <w:t>https://www.sheffield.ac.uk/rpi/pgr/manage/extensions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="40205EDA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="862"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7937" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA57F0D" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is the student’s assessment of the amount of work still to be completed, and the revised timescale for completion, accurate/achievable? – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If not, provide details below </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5707E5BF" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6505A9ED" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2554C543" w14:textId="075FF9C0" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:tag w:val="goog_rdk_2"/>
+                <w:id w:val="2098367357"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="901869549"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="00F34BEE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="17"/>
+                    <w:szCs w:val="17"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="2087564792"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0007796B" w:rsidRPr="00E83A5F">
+                <w:r w:rsidR="00F34BEE">
                   <w:rPr>
-                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cs="Segoe UI Symbol"/>
-                    <w:szCs w:val="17"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0007796B" w:rsidRPr="00E83A5F">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="58701913" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="862"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7937" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="34E39DEC" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do you support the student’s application for an extension to their time limit? – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>please bear in mind the impact of extensions on school submission rates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2E4093" w14:textId="2B53551B" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...9 lines deleted...]
-                </w14:checkbox>
+                <w:tag w:val="goog_rdk_3"/>
+                <w:id w:val="-1472274988"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0007796B" w:rsidRPr="00E83A5F">
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="513581980"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="00F34BEE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+                    <w:color w:val="000000"/>
                     <w:sz w:val="17"/>
                     <w:szCs w:val="17"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00A92156" w:rsidRPr="00E83A5F">
-[...3118 lines deleted...]
-                <w:b/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Yes</w:t>
+            </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...9 lines deleted...]
-                </w14:checkbox>
+                <w:tag w:val="goog_rdk_4"/>
+                <w:id w:val="-936136767"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0007796B" w:rsidRPr="00E83A5F">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+                    <w:color w:val="000000"/>
                     <w:sz w:val="17"/>
                     <w:szCs w:val="17"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t xml:space="preserve">   </w:t>
+                </w:r>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="-1933115009"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="00F34BEE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="17"/>
+                    <w:szCs w:val="17"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00AF5DC9" w:rsidRPr="00E83A5F">
-[...59 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F494A" w:rsidRPr="00E83A5F" w14:paraId="20FEFD8B" w14:textId="77777777" w:rsidTr="007314BE">
-[...184 lines deleted...]
-      <w:tr w:rsidR="00AF5DC9" w:rsidRPr="00E83A5F" w14:paraId="056FE8C4" w14:textId="77777777" w:rsidTr="007314BE">
+      <w:tr w:rsidR="002B480E" w14:paraId="599C2474" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7151910A" w14:textId="77777777" w:rsidR="00AF5DC9" w:rsidRPr="00E83A5F" w:rsidRDefault="00A85CB1" w:rsidP="00A85CB1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:p w14:paraId="5F7EC74A" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E83A5F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Supervisor’s statement (compulsory): </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83A5F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>please use this space to</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83A5F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BE595D" w:rsidRPr="00E83A5F">
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...49 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              <w:t xml:space="preserve">add further information.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB05679" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="10F22BB6" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3583B118" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="182DC69B" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F28D677" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CB868E0" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE595D" w:rsidRPr="00E83A5F" w14:paraId="330FB915" w14:textId="77777777" w:rsidTr="007314BE">
+      <w:tr w:rsidR="002B480E" w14:paraId="7021E198" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31415968" w14:textId="184A9F9D" w:rsidR="00BE595D" w:rsidRPr="00E83A5F" w:rsidRDefault="00931D44" w:rsidP="00931D44">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:p w14:paraId="562F5021" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This application has been considered by the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>School</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and the above information is accurate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="7C924413" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED87BBA" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Supervisor Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="320F83FC" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Signature:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1847263A" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="2274B8B9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="200"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="124A9846" w14:textId="736015A7" w:rsidR="002B480E" w:rsidRDefault="00F34BEE">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">This application has been considered by the </w:t>
-[...31 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Head of School</w:t>
+            </w:r>
+            <w:r w:rsidR="005D2C76">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="005D2C76">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">School </w:t>
+            </w:r>
+            <w:r w:rsidR="005D2C76">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PGR Lead’s statement (optional): </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52C06336" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39AAE7C8" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C8AC356" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC3FAA" w:rsidRPr="00E83A5F" w14:paraId="76F11E8C" w14:textId="77777777" w:rsidTr="007314BE">
+      <w:tr w:rsidR="002B480E" w14:paraId="5776CA19" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D3C2D59" w14:textId="77777777" w:rsidR="00BE595D" w:rsidRPr="00E83A5F" w:rsidRDefault="00DC3FAA" w:rsidP="00DC3FAA">
+          <w:p w14:paraId="72DF5C0F" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...26 lines deleted...]
-              <w:t>Name:</w:t>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PGR Lead Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08A49D8E" w14:textId="77777777" w:rsidR="00AF5DC9" w:rsidRPr="00E83A5F" w:rsidRDefault="00AF5DC9" w:rsidP="00AF5DC9">
+          <w:p w14:paraId="7DDB96E5" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E3D0B8E" w14:textId="77777777" w:rsidR="00AF5DC9" w:rsidRPr="00E83A5F" w:rsidRDefault="00AF5DC9" w:rsidP="00AF5DC9">
+          <w:p w14:paraId="6C38BB50" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...119 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="180283DC" w14:textId="77777777" w:rsidR="008771DF" w:rsidRPr="00E83A5F" w:rsidRDefault="008771DF" w:rsidP="008771DF">
+    <w:p w14:paraId="0333F96D" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Completed forms should be sent to Research, Partnerships and Innovation for processing: </w:t>
+        <w:t xml:space="preserve">Completed forms should be sent to Research, Partnerships and Innovation for processing: Arts &amp; Humanities - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E83A5F">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00E83A5F">
+      <w:hyperlink r:id="rId11">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>pgrarts@sheffield.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E83A5F">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">; Engineering - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00E83A5F">
+      <w:hyperlink r:id="rId12">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>pgreng@sheffield.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E83A5F">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">; Health - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00E83A5F">
+      <w:hyperlink r:id="rId13">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>pgrhealth@sheffield.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E83A5F">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">; Science - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00E83A5F">
+      <w:hyperlink r:id="rId14">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>pgrsci@sheffield.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E83A5F">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">; Social Sciences - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00E83A5F">
+      <w:hyperlink r:id="rId15">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>pgrsocsci@sheffield.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="69F2D665" w14:textId="49749199" w:rsidR="00F56ED8" w:rsidRPr="00E83A5F" w:rsidRDefault="00F56ED8" w:rsidP="008455CB">
+    <w:p w14:paraId="7BF483FD" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:rPr>
-          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="a2"/>
         <w:tblW w:w="10207" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2829"/>
         <w:gridCol w:w="2275"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A56E6E" w:rsidRPr="00E83A5F" w14:paraId="41F3702F" w14:textId="77777777" w:rsidTr="00DC3FAA">
+      <w:tr w:rsidR="002B480E" w14:paraId="20C75529" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2417D92E" w14:textId="47A4C9F2" w:rsidR="00A56E6E" w:rsidRPr="00E83A5F" w:rsidRDefault="003438EC" w:rsidP="00F56ED8">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E78865B" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E83A5F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>SECTION 3: TO BE COMPLETED BY INTERNATIONAL STUDENT SUPPORT</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              <w:t>SECTION 3: TO BE COMPLETED BY INTERNATIONAL STUDENT SUPPORT, ADVICE &amp; COMPLIANCE FOR APPLICATIONS BY OVERSEAS STUDENTS ONLY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="0F7FD28A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2829" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A1AC25D" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>, ADVICE &amp; COMPLIANCE</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is a new ATAS application required? </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2275" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9F33AB" w14:textId="08F74A03" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> FOR APPLICATIONS BY OVERSEAS STUDENTS ONLY</w:t>
-[...46 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...9 lines deleted...]
-                </w14:checkbox>
+                <w:tag w:val="goog_rdk_5"/>
+                <w:id w:val="1160667886"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0007796B" w:rsidRPr="00E83A5F">
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="-851342248"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t xml:space="preserve"> Yes     </w:t>
+                </w:r>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="932399334"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="00F34BEE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> No</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="009366A6" w:rsidRPr="00E83A5F">
-[...6 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="698DDE57" w14:textId="1B4C69F8" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...9 lines deleted...]
-                </w14:checkbox>
+                <w:tag w:val="goog_rdk_6"/>
+                <w:id w:val="1796088421"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0007796B" w:rsidRPr="00E83A5F">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t xml:space="preserve">: Is ATAS required immediately?               </w:t>
                 </w:r>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="-658611827"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="009366A6" w:rsidRPr="00E83A5F">
-[...14 lines deleted...]
-          <w:p w14:paraId="0FB865A7" w14:textId="6EFA918E" w:rsidR="009366A6" w:rsidRPr="00E83A5F" w:rsidRDefault="009366A6" w:rsidP="009366A6">
+          </w:p>
+          <w:p w14:paraId="0297AACB" w14:textId="58CD3BC9" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...33 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...9 lines deleted...]
-                </w14:checkbox>
+                <w:tag w:val="goog_rdk_7"/>
+                <w:id w:val="-324037684"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0007796B" w:rsidRPr="00E83A5F">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t xml:space="preserve">Or, as part of a new Tier 4 visa application?      </w:t>
                 </w:r>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="-2019842458"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="302069A5" w14:textId="7F972650" w:rsidR="009366A6" w:rsidRPr="00E83A5F" w:rsidRDefault="009366A6" w:rsidP="009366A6">
-[...52 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1A7DB81D" w14:textId="77777777" w:rsidR="00F56ED8" w:rsidRPr="00E83A5F" w:rsidRDefault="00F56ED8" w:rsidP="00F56ED8">
+    <w:p w14:paraId="35BCB2BB" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10207" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2550"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="138"/>
         <w:gridCol w:w="1139"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="282"/>
         <w:gridCol w:w="2270"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F56ED8" w:rsidRPr="00E83A5F" w14:paraId="6076D786" w14:textId="77777777" w:rsidTr="00DC3FAA">
+      <w:tr w:rsidR="002B480E" w14:paraId="56A13A44" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="640CF744" w14:textId="5177636E" w:rsidR="00F56ED8" w:rsidRPr="00E83A5F" w:rsidRDefault="00F56ED8" w:rsidP="00375520">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+          </w:tcPr>
+          <w:p w14:paraId="23217C10" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E83A5F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>SECTION</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 4: TO BE COMPLETED BY RESEARCH, PARTNERSHIPS AND INNOVATION</w:t>
+              <w:t>SECTION 4: TO BE COMPLETED BY RESEARCH, PARTNERSHIPS AND INNOVATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B11FB1" w:rsidRPr="00E83A5F" w14:paraId="49702DD4" w14:textId="77777777" w:rsidTr="00B11FB1">
+      <w:tr w:rsidR="002B480E" w14:paraId="3C536332" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1AC054" w14:textId="75CDEAAD" w:rsidR="00B11FB1" w:rsidRPr="00E83A5F" w:rsidRDefault="00B11FB1" w:rsidP="002B2279">
+          <w:p w14:paraId="02453559" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No. months LOA/EXT previously approved</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF02C48" w14:textId="5A1B66EE" w:rsidR="00B11FB1" w:rsidRPr="00E83A5F" w:rsidRDefault="00B11FB1" w:rsidP="00B11FB1">
+          <w:p w14:paraId="341C475D" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LOA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="70514AA7" w14:textId="00D3BAFF" w:rsidR="00B11FB1" w:rsidRPr="00E83A5F" w:rsidRDefault="00B11FB1" w:rsidP="002B2279">
+          <w:p w14:paraId="3BEA7ED3" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>EXT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03C63136" w14:textId="77777777" w:rsidR="00B11FB1" w:rsidRPr="00E83A5F" w:rsidRDefault="00B11FB1" w:rsidP="00B11FB1">
+          <w:p w14:paraId="2E102C6F" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="79A9D77C" w14:textId="77777777" w:rsidR="00B11FB1" w:rsidRPr="00E83A5F" w:rsidRDefault="00B11FB1" w:rsidP="002B2279">
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Refer to the Special Cases Committee (SCC)?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D85789D" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD214AE" w14:textId="4ADBE123" w:rsidR="00B11FB1" w:rsidRPr="00E83A5F" w:rsidRDefault="00E06448" w:rsidP="002B2279">
+          <w:p w14:paraId="4470F427" w14:textId="7F273F64" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...9 lines deleted...]
-                </w14:checkbox>
+                <w:tag w:val="goog_rdk_8"/>
+                <w:id w:val="2049904864"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B11FB1" w:rsidRPr="00E83A5F">
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="-1378081643"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="00F34BEE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t xml:space="preserve"> Yes     </w:t>
+                </w:r>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="-552541388"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="00F34BEE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> No</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B11FB1" w:rsidRPr="00E83A5F">
-[...6 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B480E" w14:paraId="2B2629A0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34B3AEE3" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Approved by the Faculty/SCC?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A634898" w14:textId="77777777" w:rsidR="005D2C76" w:rsidRDefault="005D2C76" w:rsidP="005D2C76">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="661145A3" w14:textId="77777777" w:rsidR="005D2C76" w:rsidRPr="005D2C76" w:rsidRDefault="005D2C76" w:rsidP="005D2C76">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA95B34" w14:textId="324F1794" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...9 lines deleted...]
-                </w14:checkbox>
+                <w:tag w:val="goog_rdk_9"/>
+                <w:id w:val="1678742837"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B11FB1" w:rsidRPr="00E83A5F">
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="-714658176"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="00F34BEE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t xml:space="preserve"> Yes     </w:t>
+                </w:r>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="1068926877"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="00F34BEE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> No</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B11FB1" w:rsidRPr="00E83A5F">
-[...15 lines deleted...]
-          <w:p w14:paraId="1A84947A" w14:textId="3094A73F" w:rsidR="00B11FB1" w:rsidRPr="00E83A5F" w:rsidRDefault="00B11FB1" w:rsidP="00B11FB1">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1C9D53" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="6B40C03E" w14:textId="47D2FDD4" w:rsidR="00B11FB1" w:rsidRPr="00E83A5F" w:rsidRDefault="00E06448" w:rsidP="002B2279">
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Is this a final extension?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67CC6546" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>If yes, student must submit by the new time limit or will be deemed withdrawn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="27560C64" w14:textId="06D58FF7" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...9 lines deleted...]
-                </w14:checkbox>
+                <w:tag w:val="goog_rdk_10"/>
+                <w:id w:val="-318236805"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B11FB1" w:rsidRPr="00E83A5F">
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="1710762592"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="00F34BEE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t xml:space="preserve"> Yes     </w:t>
+                </w:r>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:id w:val="-594560635"/>
+                    <w14:checkbox>
+                      <w14:checked w14:val="0"/>
+                      <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                      <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                    </w14:checkbox>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="00F34BEE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                      </w:rPr>
+                      <w:t>☐</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> No</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B11FB1" w:rsidRPr="00E83A5F">
-[...165 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B2279" w:rsidRPr="00E83A5F" w14:paraId="2CB7AEE3" w14:textId="77777777" w:rsidTr="00137611">
+      <w:tr w:rsidR="002B480E" w14:paraId="6A931766" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="4355BE5F" w14:textId="663C2250" w:rsidR="002B2279" w:rsidRPr="00E83A5F" w:rsidRDefault="002B2279" w:rsidP="00E83A5F">
+          <w:p w14:paraId="7217BC09" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...9 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Notes: please record any amendments or notes concerning this application.  If an extension is not approved a reason </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83A5F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>must</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83A5F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> be provided.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="684EA909" w14:textId="77777777" w:rsidR="002B2279" w:rsidRPr="00E83A5F" w:rsidRDefault="002B2279" w:rsidP="002B2279">
+          <w:p w14:paraId="1395881A" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B2279" w:rsidRPr="00E83A5F" w14:paraId="79C9659E" w14:textId="77777777" w:rsidTr="00156CF9">
+      <w:tr w:rsidR="002B480E" w14:paraId="1186995F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="1DBD1488" w14:textId="77777777" w:rsidR="002B2279" w:rsidRPr="00E83A5F" w:rsidRDefault="002B2279" w:rsidP="002B2279">
+          <w:p w14:paraId="27F5889C" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Signed on behalf of the Faculty by:</w:t>
+              <w:t xml:space="preserve">Signed on behalf of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Faculty</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B2279" w:rsidRPr="00E83A5F" w14:paraId="3487D1F0" w14:textId="77777777" w:rsidTr="00B11FB1">
+      <w:tr w:rsidR="002B480E" w14:paraId="4BDDED80" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3E4C51CA" w14:textId="77777777" w:rsidR="002B2279" w:rsidRPr="00E83A5F" w:rsidRDefault="002B2279" w:rsidP="002B2279">
+          <w:p w14:paraId="73B69D09" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3973" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="10EA81BC" w14:textId="77777777" w:rsidR="002B2279" w:rsidRPr="00E83A5F" w:rsidRDefault="002B2279" w:rsidP="002B2279">
+          <w:p w14:paraId="3FB36612" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F7FCA7D" w14:textId="77777777" w:rsidR="002B2279" w:rsidRPr="00E83A5F" w:rsidRDefault="002B2279" w:rsidP="002B2279">
+          <w:p w14:paraId="605F877F" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B2279" w:rsidRPr="00E83A5F" w14:paraId="682C3BD7" w14:textId="77777777" w:rsidTr="002B2279">
+      <w:tr w:rsidR="002B480E" w14:paraId="1A92A4AB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="598DA453" w14:textId="77777777" w:rsidR="002B2279" w:rsidRPr="00E83A5F" w:rsidRDefault="002B2279" w:rsidP="002B2279">
-[...1 lines deleted...]
-              <w:pStyle w:val="BodyText3"/>
+          <w:p w14:paraId="1BED2397" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-7654"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
-[...12 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Revised time limit for submitting the thesis:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2553" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5AECF430" w14:textId="023D632F" w:rsidR="002B2279" w:rsidRPr="00E83A5F" w:rsidRDefault="002B2279" w:rsidP="002B2279">
+          <w:p w14:paraId="737B1465" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:color w:val="D9D9D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4F60B3EC" w14:textId="77777777" w:rsidR="002B2279" w:rsidRPr="00E83A5F" w:rsidRDefault="002B2279" w:rsidP="002B2279">
+          <w:p w14:paraId="53CA5DE7" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="005D2C76">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...10 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fees payable for this extension:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE34072" w14:textId="77777777" w:rsidR="002B2279" w:rsidRPr="00E83A5F" w:rsidRDefault="002B2279" w:rsidP="002B2279">
+          <w:p w14:paraId="15814076" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="04008C90" w14:textId="77777777" w:rsidR="00E85D2C" w:rsidRPr="00E83A5F" w:rsidRDefault="00E85D2C" w:rsidP="00A92156">
+    <w:p w14:paraId="06C3F7A3" w14:textId="77777777" w:rsidR="002B480E" w:rsidRDefault="002B480E">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00E85D2C" w:rsidRPr="00E83A5F" w:rsidSect="00B24823">
-      <w:footerReference w:type="even" r:id="rId13"/>
+    <w:sectPr w:rsidR="002B480E" w:rsidSect="005D2C76">
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="680" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="567" w:gutter="0"/>
-      <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FCFF61E" w14:textId="77777777" w:rsidR="003438EC" w:rsidRDefault="003438EC" w:rsidP="00C45209">
+    <w:p w14:paraId="149BD059" w14:textId="77777777" w:rsidR="005D2C76" w:rsidRDefault="005D2C76" w:rsidP="005D2C76">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54297744" w14:textId="77777777" w:rsidR="003438EC" w:rsidRDefault="003438EC" w:rsidP="00C45209">
+    <w:p w14:paraId="7DF7C34B" w14:textId="77777777" w:rsidR="005D2C76" w:rsidRDefault="005D2C76" w:rsidP="005D2C76">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{31A9370E-4662-4D36-93E4-F99F5E80BB5E}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{3AF34E48-75B1-4C58-81AD-41584CF77601}"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{560EBC68-7705-4372-B72A-79DBB722F99F}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{E7123B8D-9141-47F5-BBAA-337BC1F808F4}"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{93EFD159-FC35-4A4B-B4D0-C00499E2AE64}"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedItalic r:id="rId6" w:fontKey="{66C20B18-541B-4B26-A523-D25ECD696B49}"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{88718764-B5A0-4494-B1E2-CAC71A4A2B4A}"/>
+    <w:embedBold r:id="rId8" w:fontKey="{F4D5AAA0-6A56-412D-BD66-28C4FFDE856A}"/>
+    <w:embedItalic r:id="rId9" w:fontKey="{C72091AD-30D3-4182-AB53-025E29F5CA45}"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId10" w:subsetted="1" w:fontKey="{8DF0734D-9B43-48FF-87C5-9D0398C7AB2B}"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...8 lines deleted...]
-    <w:sig w:usb0="8000002F" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000011" w:csb1="00000000"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="59A4C8D0" w14:textId="3C5B95E7" w:rsidR="003438EC" w:rsidRPr="00DC3FAA" w:rsidRDefault="00E83A5F" w:rsidP="009E6038">
+  <w:p w14:paraId="496D998E" w14:textId="767855F4" w:rsidR="005D2C76" w:rsidRPr="005D2C76" w:rsidRDefault="005D2C76" w:rsidP="005D2C76">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="TUOS Blake" w:hAnsi="TUOS Blake"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>August</w:t>
-[...23 lines deleted...]
-      <w:t>5</w:t>
+      <w:t>December 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D975FC1" w14:textId="77777777" w:rsidR="003438EC" w:rsidRDefault="003438EC" w:rsidP="00C45209">
+    <w:p w14:paraId="7DC7E18F" w14:textId="77777777" w:rsidR="005D2C76" w:rsidRDefault="005D2C76" w:rsidP="005D2C76">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CEB8FB1" w14:textId="77777777" w:rsidR="003438EC" w:rsidRDefault="003438EC" w:rsidP="00C45209">
+    <w:p w14:paraId="5F7ABE25" w14:textId="77777777" w:rsidR="005D2C76" w:rsidRDefault="005D2C76" w:rsidP="005D2C76">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D6E4D12"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CD86283C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="620772554">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="95"/>
+  <w:zoom w:percent="116"/>
+  <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:evenAndOddHeaders/>
-[...1 lines deleted...]
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A652CF"/>
-[...111 lines deleted...]
-    <w:rsid w:val="00FD307D"/>
+    <w:rsidRoot w:val="002B480E"/>
+    <w:rsid w:val="001A4AD9"/>
+    <w:rsid w:val="002B480E"/>
+    <w:rsid w:val="005D2C76"/>
+    <w:rsid w:val="009F12D2"/>
+    <w:rsid w:val="00F34BEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="72FC6D4D"/>
-  <w15:docId w15:val="{33DE2F97-D736-4AF3-95E0-E8B04A5AAADB}"/>
+  <w14:docId w14:val="4747A7A1"/>
+  <w15:docId w15:val="{01C9F74C-3575-42DB-9058-C0BC531B5AE0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6065,51 +3804,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6153,51 +3892,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -6379,122 +4118,232 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A652CF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A652CF"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
+      <w:iCs/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="20"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A652CF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:val="4F81BD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="00A652CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A652CF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6739,61 +4588,133 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008944B9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
     <w:name w:val="Unresolved Mention2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0007796B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a3">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrarts@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/manage/extensions" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsocsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrhealth@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgreng@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrhealth@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgreng@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrarts@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsocsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/manage/extensions" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/manage/extensions" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsci@sheffield.ac.uk" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7035,72 +4956,89 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjeSZ7MGNFBHhvvB30i3XNomCbRCQ==">CgMxLjAaLgoBMBIpCicIB0IjCg9Tb3VyY2UgU2FucyBQcm8SEEFyaWFsIFVuaWNvZGUgTVMaLgoBMRIpCicIB0IjCg9Tb3VyY2UgU2FucyBQcm8SEEFyaWFsIFVuaWNvZGUgTVMaLgoBMhIpCicIB0IjCg9Tb3VyY2UgU2FucyBQcm8SEEFyaWFsIFVuaWNvZGUgTVMaLgoBMxIpCicIB0IjCg9Tb3VyY2UgU2FucyBQcm8SEEFyaWFsIFVuaWNvZGUgTVMaLgoBNBIpCicIB0IjCg9Tb3VyY2UgU2FucyBQcm8SEEFyaWFsIFVuaWNvZGUgTVMaLgoBNRIpCicIB0IjCg9Tb3VyY2UgU2FucyBQcm8SEEFyaWFsIFVuaWNvZGUgTVMaLgoBNhIpCicIB0IjCg9Tb3VyY2UgU2FucyBQcm8SEEFyaWFsIFVuaWNvZGUgTVMaLgoBNxIpCicIB0IjCg9Tb3VyY2UgU2FucyBQcm8SEEFyaWFsIFVuaWNvZGUgTVMaLgoBOBIpCicIB0IjCg9Tb3VyY2UgU2FucyBQcm8SEEFyaWFsIFVuaWNvZGUgTVMaLgoBORIpCicIB0IjCg9Tb3VyY2UgU2FucyBQcm8SEEFyaWFsIFVuaWNvZGUgTVMaLwoCMTASKQonCAdCIwoPU291cmNlIFNhbnMgUHJvEhBBcmlhbCBVbmljb2RlIE1TItMCCgtBQUFCdzlIV0VTTRKdAgoLQUFBQnc5SFdFU00SC0FBQUJ3OUhXRVNNGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTE0NDc1NjA5ODQ1ODE0NjkwNjEoADgAMIW3yoauMziY3+qGrjNKfQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGlXC19rkAU8aTQpJCkNhbmQgd2h5IHRoZXkgY291bGQgbm90IGJlIGZvcmVzZWVuIG9yIG1pdGlnYXRlZCBhdCBhbiBlYXJsaWVyIHN0YWdlEAEYABABWgw1ODJjejQ5MmJycHhyAiAAeACCARRzdWdnZXN0LmphNWpnZmF2bHU3MJoBBggAEAAYALABALgBABiFt8qGrjMgmN/qhq4zMABCFHN1Z2dlc3QuamE1amdmYXZsdTcwIqACCgtBQUFCdzlIV0VSNBLqAQoLQUFBQnc5SFdFUjQSC0FBQUJ3OUhXRVI0Gg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTE0NDc1NjA5ODQ1ODE0NjkwNjEoADgAMNe3yIauMziPyciGrjNKSgokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGiLC19rkARwKGgoMCgZpb24gb2YQARgAEggKAmVkEAEYABgBWgwxODVyN2NsdG92bGpyAiAAeACCARRzdWdnZXN0LjZkMmM4cWpqbXlhM5oBBggAEAAYALABALgBABjXt8iGrjMgj8nIhq4zMABCFHN1Z2dlc3QuNmQyYzhxampteWEzOABqJAoUc3VnZ2VzdC5qYTVqZ2Zhdmx1NzASDEFuZHJlYSBCcmluaWokChRzdWdnZXN0LjRodzg2NzhrdjhsMhIMQW5kcmVhIEJyaW5paikKFHN1Z2dlc3QudWh0bGQ5OW4wdXZtEhFKb2FubmUgTCBSb3dsYW5kc2opChRzdWdnZXN0LnNmZXJwMDhzazhkeRIRSm9hbm5lIEwgUm93bGFuZHNqJAoUc3VnZ2VzdC50M2NqNTE3ZDc3NDgSDEFuZHJlYSBCcmluaWokChRzdWdnZXN0LmJ4ODFjY2pqeTRvehIMQW5kcmVhIEJyaW5paikKFHN1Z2dlc3QueHptaXo5aXhwZzA2EhFKb2FubmUgTCBSb3dsYW5kc2opChRzdWdnZXN0LjJvOTBuZnF4OW92bBIRSm9hbm5lIEwgUm93bGFuZHNqKQoUc3VnZ2VzdC40N2JyOHp4N3htamgSEUpvYW5uZSBMIFJvd2xhbmRzaiQKFHN1Z2dlc3QuZHE0MDRwMmFvcXY1EgxBbmRyZWEgQnJpbmlqKQoUc3VnZ2VzdC45dnM0MWYzM2I0amcSEUpvYW5uZSBMIFJvd2xhbmRzaiQKFHN1Z2dlc3QuNmQyYzhxampteWEzEgxBbmRyZWEgQnJpbmlqJAoUc3VnZ2VzdC5vZzd3c29janNzaTYSDEFuZHJlYSBCcmluaXIhMWJEdUQwaHFSb3dVODNIOTBpdzdLZGtkdF9LQko2WGt6</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2998</Characters>
+  <Pages>3</Pages>
+  <Words>797</Words>
+  <Characters>4543</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3516</CharactersWithSpaces>
+  <CharactersWithSpaces>5330</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Jo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>