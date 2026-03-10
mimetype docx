--- v0 (2025-10-08)
+++ v1 (2026-03-10)
@@ -61,51 +61,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00430105" w:rsidRPr="00AC3435" w14:paraId="379D300A" w14:textId="77777777" w:rsidTr="00272CBC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D97FEE0" w14:textId="73E54FA8" w:rsidR="00430105" w:rsidRDefault="00430105" w:rsidP="00DD21AA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3435">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F2DD37F" wp14:editId="3A415DF7">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F2DD37F" wp14:editId="04B120DE">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="margin">
                     <wp:posOffset>-6350</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>3810</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2109470" cy="669290"/>
                   <wp:effectExtent l="0" t="0" r="5080" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="4" name="Picture 4" descr="A picture containing text&#10;&#10;Description automatically generated"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="Picture 4" descr="A picture containing text&#10;&#10;Description automatically generated"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -509,51 +509,51 @@
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Are you studying in the UK on a visa?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5673" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77F23D40" w14:textId="48A98B9E" w:rsidR="00DF1F32" w:rsidRPr="00DB6599" w:rsidRDefault="00CE2113" w:rsidP="00E25D4F">
+          <w:p w14:paraId="77F23D40" w14:textId="48A98B9E" w:rsidR="00DF1F32" w:rsidRPr="00DB6599" w:rsidRDefault="00873E2A" w:rsidP="00E25D4F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1140183717"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AC3435" w:rsidRPr="00DB6599">
@@ -617,51 +617,51 @@
           </w:tcPr>
           <w:p w14:paraId="4A3CC600" w14:textId="77777777" w:rsidR="00AE1D74" w:rsidRDefault="007E3A5D" w:rsidP="007E3A5D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Are you funded by a Doctoral Loan</w:t>
             </w:r>
             <w:r w:rsidR="00AE1D74">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52AD62AF" w14:textId="1884BD5A" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00CE2113" w:rsidP="007E3A5D">
+          <w:p w14:paraId="52AD62AF" w14:textId="1884BD5A" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00873E2A" w:rsidP="007E3A5D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="26605516"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000C0848" w:rsidRPr="00DB6599">
@@ -898,51 +898,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Provide details below, e.g. new programme:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w14:paraId="7D9452A4" w14:textId="77777777" w:rsidTr="00430105">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="294D14C4" w14:textId="48D34E9B" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00CE2113" w:rsidP="007E3A5D">
+          <w:p w14:paraId="294D14C4" w14:textId="48D34E9B" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00873E2A" w:rsidP="007E3A5D">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="996458275"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AC3435" w:rsidRPr="00DB6599">
@@ -966,51 +966,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5673" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="0D2272A1" w14:textId="77777777" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="007E3A5D" w:rsidP="007E3A5D">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w14:paraId="4F5CA121" w14:textId="77777777" w:rsidTr="00430105">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3E335AB5" w14:textId="0D7DB048" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00CE2113" w:rsidP="007E3A5D">
+          <w:p w14:paraId="3E335AB5" w14:textId="0D7DB048" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00873E2A" w:rsidP="007E3A5D">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1981371289"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000C0848" w:rsidRPr="00DB6599">
@@ -1086,51 +1086,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ee: </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="001D3410" w:rsidRPr="00DB6599">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:bCs/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.sheffield.ac.uk/rpi/pgr/manage/change-status</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w14:paraId="26999EBD" w14:textId="77777777" w:rsidTr="00430105">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F9E4BFA" w14:textId="70EB7B40" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00CE2113" w:rsidP="007E3A5D">
+          <w:p w14:paraId="2F9E4BFA" w14:textId="70EB7B40" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00873E2A" w:rsidP="007E3A5D">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-475299052"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000C0848" w:rsidRPr="00DB6599">
@@ -1154,78 +1154,78 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5673" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="66D57941" w14:textId="77777777" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="007E3A5D" w:rsidP="007E3A5D">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w14:paraId="65400B6A" w14:textId="77777777" w:rsidTr="00430105">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6B7041" w14:textId="2CA49EDC" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00CE2113" w:rsidP="007E3A5D">
+          <w:p w14:paraId="6E6B7041" w14:textId="2E917BA3" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00873E2A" w:rsidP="007E3A5D">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1742136930"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="000C0848" w:rsidRPr="00DB6599">
+                <w:r w:rsidR="006A7E49">
                   <w:rPr>
-                    <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007E3A5D" w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Change of </w:t>
             </w:r>
             <w:r w:rsidR="00DB6599" w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
             <w:r w:rsidR="007E3A5D" w:rsidRPr="00DB6599">
               <w:rPr>
@@ -1240,50 +1240,217 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5673" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="2ABE6547" w14:textId="47E6E9C6" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00D62D81" w:rsidP="007E3A5D">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Note: Students should be registered in the same school as their primary supervisor </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="006A7E49" w:rsidRPr="00DB6599" w14:paraId="45411C9F" w14:textId="77777777" w:rsidTr="00430105">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C81210" w14:textId="037A44E1" w:rsidR="006A7E49" w:rsidRDefault="00873E2A" w:rsidP="007E3A5D">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1579788332"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006A7E49" w:rsidRPr="00DB6599">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Change of </w:t>
+            </w:r>
+            <w:r w:rsidR="006A7E49">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>study location (including working remotely from overseas)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5673" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3169DC9C" w14:textId="3034A57A" w:rsidR="006A7E49" w:rsidRDefault="006A7E49" w:rsidP="007E3A5D">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Note: Students who are planning to work from outside the UK must </w:t>
+            </w:r>
+            <w:r w:rsidR="00A56B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">consider whether they need to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>complete an Export Control assessment and obtain clearance before relocating</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="002873F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>please refer to</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidR="00C01E22">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Information about Export Control</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00A56B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00873E2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for more details</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56B54">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w14:paraId="212C5511" w14:textId="77777777" w:rsidTr="0074771B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="6502CB4E" w14:textId="77777777" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="007E3A5D" w:rsidP="007E3A5D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Additional details: </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
@@ -1399,98 +1566,98 @@
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ATAS approval is issued by the Foreign and Commonwealth Office (FCO) and is specific to a student’s research topic and programme of study. Students who change their research topic and/or programme of study may need to apply for a new ATAS approval certificate.  If new ATAS approval is required, students are not permitted to commence their new programme or research topic until ATAS clearance has been approved by the FCO and email confirmation approving the change of programme/research topic has been issued by Research</w:t>
             </w:r>
             <w:r w:rsidR="001D3410" w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Partnerships and Innovation</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.  For more information see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="00D71F52" w:rsidRPr="00DB6599">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.sheffield.ac.uk/study/atas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w14:paraId="0CE120FB" w14:textId="77777777" w:rsidTr="00430105">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7651" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="58E4C117" w14:textId="77777777" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="007E3A5D" w:rsidP="007E3A5D">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Does this change require ATAS approval?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD0873D" w14:textId="0D3F438B" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00CE2113" w:rsidP="007E3A5D">
+          <w:p w14:paraId="5AD0873D" w14:textId="0D3F438B" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00873E2A" w:rsidP="007E3A5D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1614100072"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000C0848" w:rsidRPr="00DB6599">
@@ -1562,59 +1729,60 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If yes, has the request for ATAS been submitted and approved? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="252DFAE3" w14:textId="77777777" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="007E3A5D" w:rsidP="007E3A5D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>(if yes, please attach a copy of the new ATAS certificate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FFEA97C" w14:textId="0F86E824" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00CE2113" w:rsidP="007E3A5D">
+          <w:p w14:paraId="6FFEA97C" w14:textId="0F86E824" w:rsidR="007E3A5D" w:rsidRPr="00DB6599" w:rsidRDefault="00873E2A" w:rsidP="007E3A5D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1499032423"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000C0848" w:rsidRPr="00DB6599">
@@ -1872,51 +2040,51 @@
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Do you support the student’s application for a change of candidature?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7D513498" w14:textId="657DD2E4" w:rsidR="007E3297" w:rsidRPr="00DB6599" w:rsidRDefault="00CE2113" w:rsidP="006F28A5">
+          <w:p w14:paraId="7D513498" w14:textId="657DD2E4" w:rsidR="007E3297" w:rsidRPr="00DB6599" w:rsidRDefault="00873E2A" w:rsidP="006F28A5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1963073395"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00812726" w:rsidRPr="00DB6599">
@@ -2106,85 +2274,74 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="770D1FCF" w14:textId="34249383" w:rsidR="00A146A8" w:rsidRPr="00DB6599" w:rsidRDefault="00A146A8" w:rsidP="00A146A8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">This application has been considered by the </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00DB6599" w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>School</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00DB6599" w:rsidRPr="00DB6599">
+              <w:t>School(s)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB6599">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(s)</w:t>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t>the above information is accurate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A146A8" w:rsidRPr="00DB6599" w14:paraId="69879241" w14:textId="77777777" w:rsidTr="008542C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BEBD5E5" w14:textId="77777777" w:rsidR="00A146A8" w:rsidRPr="00DB6599" w:rsidRDefault="00A146A8" w:rsidP="001B49E4">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2232,68 +2389,66 @@
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A146A8" w:rsidRPr="00DB6599" w14:paraId="17FB5738" w14:textId="77777777" w:rsidTr="008542C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1102C0A0" w14:textId="64E09959" w:rsidR="00A146A8" w:rsidRPr="00DB6599" w:rsidRDefault="00A146A8" w:rsidP="0011427E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ho</w:t>
             </w:r>
             <w:r w:rsidR="00DB6599" w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/PG</w:t>
             </w:r>
             <w:r w:rsidR="0011427E" w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">R Lead </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r w:rsidR="008542C6" w:rsidRPr="00DB6599">
@@ -2354,68 +2509,66 @@
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008542C6" w:rsidRPr="00DB6599" w14:paraId="567337EE" w14:textId="77777777" w:rsidTr="008542C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="204DC3E8" w14:textId="07148BD8" w:rsidR="008542C6" w:rsidRPr="00DB6599" w:rsidRDefault="008542C6" w:rsidP="0011427E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ho</w:t>
             </w:r>
             <w:r w:rsidR="00DB6599" w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/PG</w:t>
             </w:r>
             <w:r w:rsidR="0011427E" w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>R Lead</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name (new dept, if applicable):</w:t>
             </w:r>
           </w:p>
@@ -2551,143 +2704,143 @@
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> for processing</w:t>
       </w:r>
       <w:r w:rsidR="002A2666" w:rsidRPr="00DB6599">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="002A2666" w:rsidRPr="00DB6599">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Arts &amp; Humanities - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="002A2666" w:rsidRPr="00DB6599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>pgrarts@sheffield.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002A2666" w:rsidRPr="00DB6599">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">; Engineering - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="002A2666" w:rsidRPr="00DB6599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>pgreng@sheffield.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002A2666" w:rsidRPr="00DB6599">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">; Health - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="002A2666" w:rsidRPr="00DB6599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>pgrhealth@sheffield.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002A2666" w:rsidRPr="00DB6599">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">; Science - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="002A2666" w:rsidRPr="00DB6599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>pgrsci@sheffield.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002A2666" w:rsidRPr="00DB6599">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">; Social Sciences - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="002A2666" w:rsidRPr="00DB6599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>pgrsocsci@sheffield.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2C6C5017" w14:textId="77777777" w:rsidR="00A85206" w:rsidRPr="00DB6599" w:rsidRDefault="00A85206" w:rsidP="00A85206">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2779,51 +2932,51 @@
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0A909EBF" w14:textId="77777777" w:rsidR="000A6BBC" w:rsidRPr="00DB6599" w:rsidRDefault="000A6BBC" w:rsidP="000A6BBC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Is a new ATAS application required?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="471BFEEB" w14:textId="6926B45D" w:rsidR="000A6BBC" w:rsidRPr="00DB6599" w:rsidRDefault="00CE2113" w:rsidP="000A6BBC">
+          <w:p w14:paraId="471BFEEB" w14:textId="6926B45D" w:rsidR="000A6BBC" w:rsidRPr="00DB6599" w:rsidRDefault="00873E2A" w:rsidP="000A6BBC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-579135940"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -2875,69 +3028,51 @@
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="611909F4" w14:textId="77777777" w:rsidR="000A6BBC" w:rsidRPr="00DB6599" w:rsidRDefault="000A6BBC" w:rsidP="000A6BBC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">If </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, is ATAS required immediately? </w:t>
+              <w:t xml:space="preserve">If Yes, is ATAS required immediately? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1147246725"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00DB6599">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -3115,51 +3250,51 @@
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">this </w:t>
             </w:r>
             <w:r w:rsidR="001D3410" w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>change of candidature</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> require reporting to the Home Office?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34C29C90" w14:textId="77777777" w:rsidR="000A6BBC" w:rsidRPr="00DB6599" w:rsidRDefault="00CE2113" w:rsidP="000A6BBC">
+          <w:p w14:paraId="34C29C90" w14:textId="77777777" w:rsidR="000A6BBC" w:rsidRPr="00DB6599" w:rsidRDefault="00873E2A" w:rsidP="000A6BBC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1375279842"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3300,69 +3435,51 @@
       </w:tr>
       <w:tr w:rsidR="0090584D" w:rsidRPr="00DB6599" w14:paraId="5F31BD9A" w14:textId="77777777" w:rsidTr="00604A89">
         <w:trPr>
           <w:trHeight w:val="713"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="433911D6" w14:textId="18D8D5EC" w:rsidR="0090584D" w:rsidRPr="00DB6599" w:rsidRDefault="0090584D" w:rsidP="00EF75EE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is this change of candidature request approved by the </w:t>
-[...17 lines deleted...]
-              <w:t>?</w:t>
+              <w:t>Is this change of candidature request approved by the Faculty?</w:t>
             </w:r>
             <w:r w:rsidR="00604A89" w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-364603663"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3652,73 +3769,51 @@
       <w:tr w:rsidR="00EF75EE" w:rsidRPr="00DB6599" w14:paraId="47C29A42" w14:textId="77777777" w:rsidTr="00604A89">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="1243A2A0" w14:textId="77777777" w:rsidR="00EF75EE" w:rsidRPr="00DB6599" w:rsidRDefault="00EF75EE" w:rsidP="00EF75EE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signed on behalf of the </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> by: </w:t>
+              <w:t xml:space="preserve">Signed on behalf of the Faculty by: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF75EE" w:rsidRPr="00DB6599" w14:paraId="1D65744F" w14:textId="77777777" w:rsidTr="00604A89">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3962" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="0FA4B06B" w14:textId="77777777" w:rsidR="00EF75EE" w:rsidRPr="00DB6599" w:rsidRDefault="00EF75EE" w:rsidP="00EF75EE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3772,50 +3867,51 @@
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D4CD6" w:rsidRPr="00DB6599" w14:paraId="4A3F993D" w14:textId="77777777" w:rsidTr="00604A89">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="582BAA47" w14:textId="4A99AE1E" w:rsidR="001D4CD6" w:rsidRPr="00DB6599" w:rsidRDefault="001D4CD6" w:rsidP="00EF75EE">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6599">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Revised end date for payment of tuition fees  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2715" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2EB17FF0" w14:textId="5505C607" w:rsidR="001D4CD6" w:rsidRPr="00DB6599" w:rsidRDefault="001D4CD6" w:rsidP="00EF75EE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2378" w:type="dxa"/>
@@ -3853,98 +3949,98 @@
           </w:tcPr>
           <w:p w14:paraId="1C963A19" w14:textId="0ECA55A4" w:rsidR="001D4CD6" w:rsidRPr="00DB6599" w:rsidRDefault="001D4CD6" w:rsidP="00EF75EE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2CF42D22" w14:textId="77777777" w:rsidR="00DB6599" w:rsidRPr="00DB6599" w:rsidRDefault="00DB6599" w:rsidP="00DB6599">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DB6599" w:rsidRPr="00DB6599" w:rsidSect="0074771B">
-      <w:headerReference w:type="even" r:id="rId16"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId21"/>
+      <w:headerReference w:type="even" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="567" w:left="720" w:header="737" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="43C0543D" w14:textId="77777777" w:rsidR="006B6988" w:rsidRDefault="006B6988" w:rsidP="00563B1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="11A47B7C" w14:textId="77777777" w:rsidR="006B6988" w:rsidRDefault="006B6988" w:rsidP="00563B1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4084,52 +4180,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="06F32E91" w14:textId="77777777" w:rsidR="00DB6599" w:rsidRDefault="00DB6599">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="616C2DBF" w14:textId="77777777" w:rsidR="00DB6599" w:rsidRDefault="00DB6599">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="95"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A1297"/>
     <w:rsid w:val="00000AB0"/>
     <w:rsid w:val="00013E69"/>
@@ -4145,134 +4240,141 @@
     <w:rsid w:val="000F2F8B"/>
     <w:rsid w:val="0011142F"/>
     <w:rsid w:val="0011427E"/>
     <w:rsid w:val="00120E59"/>
     <w:rsid w:val="001332FA"/>
     <w:rsid w:val="00156FBA"/>
     <w:rsid w:val="001A7EEF"/>
     <w:rsid w:val="001B2271"/>
     <w:rsid w:val="001B316A"/>
     <w:rsid w:val="001B49E4"/>
     <w:rsid w:val="001B6B2D"/>
     <w:rsid w:val="001D3410"/>
     <w:rsid w:val="001D4CD6"/>
     <w:rsid w:val="001F049A"/>
     <w:rsid w:val="00206E6B"/>
     <w:rsid w:val="0020752C"/>
     <w:rsid w:val="002158D9"/>
     <w:rsid w:val="002261E1"/>
     <w:rsid w:val="0023166E"/>
     <w:rsid w:val="00246166"/>
     <w:rsid w:val="00251B45"/>
     <w:rsid w:val="002724F2"/>
     <w:rsid w:val="00272CBC"/>
     <w:rsid w:val="00282233"/>
     <w:rsid w:val="00282B34"/>
+    <w:rsid w:val="002873F4"/>
     <w:rsid w:val="002A2666"/>
     <w:rsid w:val="002C75D0"/>
     <w:rsid w:val="002D28A8"/>
     <w:rsid w:val="00304C49"/>
     <w:rsid w:val="00325D02"/>
     <w:rsid w:val="00354FBC"/>
     <w:rsid w:val="00377265"/>
     <w:rsid w:val="00390E5C"/>
     <w:rsid w:val="003971C3"/>
     <w:rsid w:val="003A0BBA"/>
     <w:rsid w:val="00421D7F"/>
     <w:rsid w:val="00430105"/>
     <w:rsid w:val="0045115C"/>
     <w:rsid w:val="00473E9D"/>
     <w:rsid w:val="00491EAB"/>
     <w:rsid w:val="00495A06"/>
     <w:rsid w:val="004D0C4D"/>
     <w:rsid w:val="004D5807"/>
     <w:rsid w:val="004D5C7B"/>
     <w:rsid w:val="004D5CCC"/>
     <w:rsid w:val="00503919"/>
     <w:rsid w:val="00530578"/>
     <w:rsid w:val="00542922"/>
     <w:rsid w:val="00561058"/>
     <w:rsid w:val="00563B1C"/>
     <w:rsid w:val="005677DC"/>
     <w:rsid w:val="00587231"/>
     <w:rsid w:val="00587A69"/>
     <w:rsid w:val="005B1099"/>
     <w:rsid w:val="00603286"/>
     <w:rsid w:val="00604A89"/>
     <w:rsid w:val="00640CB8"/>
     <w:rsid w:val="0064475C"/>
     <w:rsid w:val="00663820"/>
     <w:rsid w:val="00665774"/>
     <w:rsid w:val="006753D3"/>
     <w:rsid w:val="006A51E4"/>
     <w:rsid w:val="006A5228"/>
+    <w:rsid w:val="006A7E49"/>
     <w:rsid w:val="006B6988"/>
     <w:rsid w:val="006E15EF"/>
     <w:rsid w:val="006F28A5"/>
     <w:rsid w:val="0074128F"/>
     <w:rsid w:val="0074771B"/>
     <w:rsid w:val="00750E10"/>
     <w:rsid w:val="007A1297"/>
     <w:rsid w:val="007C52DA"/>
     <w:rsid w:val="007D3C2B"/>
     <w:rsid w:val="007E3297"/>
     <w:rsid w:val="007E3A5D"/>
     <w:rsid w:val="007F555A"/>
     <w:rsid w:val="00812726"/>
     <w:rsid w:val="008215AF"/>
     <w:rsid w:val="00837B45"/>
     <w:rsid w:val="008542C6"/>
     <w:rsid w:val="00860979"/>
+    <w:rsid w:val="00873E2A"/>
     <w:rsid w:val="008F6DD0"/>
     <w:rsid w:val="0090584D"/>
+    <w:rsid w:val="0090698F"/>
     <w:rsid w:val="00912BED"/>
     <w:rsid w:val="00935878"/>
     <w:rsid w:val="009509B5"/>
     <w:rsid w:val="00951409"/>
     <w:rsid w:val="009C2D9B"/>
     <w:rsid w:val="009E643A"/>
     <w:rsid w:val="009E7D9F"/>
     <w:rsid w:val="00A146A8"/>
     <w:rsid w:val="00A20887"/>
     <w:rsid w:val="00A342AF"/>
     <w:rsid w:val="00A4039A"/>
+    <w:rsid w:val="00A56B54"/>
     <w:rsid w:val="00A57060"/>
     <w:rsid w:val="00A85206"/>
     <w:rsid w:val="00AA1578"/>
     <w:rsid w:val="00AB7DCE"/>
     <w:rsid w:val="00AC3435"/>
     <w:rsid w:val="00AC4513"/>
+    <w:rsid w:val="00AD1BAE"/>
     <w:rsid w:val="00AD75CE"/>
     <w:rsid w:val="00AE1D74"/>
     <w:rsid w:val="00AE33C8"/>
     <w:rsid w:val="00B00F45"/>
     <w:rsid w:val="00B062A7"/>
     <w:rsid w:val="00B456D3"/>
     <w:rsid w:val="00B72B11"/>
     <w:rsid w:val="00B95B18"/>
     <w:rsid w:val="00BC41EF"/>
     <w:rsid w:val="00C005BC"/>
+    <w:rsid w:val="00C01E22"/>
     <w:rsid w:val="00C05EF5"/>
     <w:rsid w:val="00C143CA"/>
     <w:rsid w:val="00C472DC"/>
     <w:rsid w:val="00C91A56"/>
     <w:rsid w:val="00CD2589"/>
     <w:rsid w:val="00CE2113"/>
     <w:rsid w:val="00D001C6"/>
     <w:rsid w:val="00D62D81"/>
     <w:rsid w:val="00D71F52"/>
     <w:rsid w:val="00DB6599"/>
     <w:rsid w:val="00DD21AA"/>
     <w:rsid w:val="00DD6C7F"/>
     <w:rsid w:val="00DF1F32"/>
     <w:rsid w:val="00E13DA1"/>
     <w:rsid w:val="00E25D4F"/>
     <w:rsid w:val="00E34701"/>
     <w:rsid w:val="00E722BA"/>
     <w:rsid w:val="00EC693E"/>
     <w:rsid w:val="00ED070C"/>
     <w:rsid w:val="00ED7BED"/>
     <w:rsid w:val="00EF75EE"/>
     <w:rsid w:val="00F015EB"/>
     <w:rsid w:val="00F40E65"/>
     <w:rsid w:val="00F921D0"/>
     <w:rsid w:val="00FB4E9D"/>
@@ -5037,61 +5139,73 @@
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00563B1C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D71F52"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A56B54"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/manage/change-status" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrhealth@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgreng@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrarts@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsocsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/study/atas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/manage/change-status" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/manage/change-status" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgreng@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrarts@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsocsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/study/atas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sheffield.ac.uk/trusted-research/research-assurance/export-control" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/manage/change-status" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrhealth@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5353,67 +5467,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D6FAD29-245F-4B65-ABFE-6FD80CE3DD60}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3669</Characters>
+  <Pages>3</Pages>
+  <Words>704</Words>
+  <Characters>4014</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4304</CharactersWithSpaces>
+  <CharactersWithSpaces>4709</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>