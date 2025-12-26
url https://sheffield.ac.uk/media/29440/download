--- v0 (2025-10-06)
+++ v1 (2025-12-26)
@@ -566,60 +566,58 @@
         </w:rPr>
         <w:t>The University of Sheffield</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D5DF954" w14:textId="77777777" w:rsidR="00D535FE" w:rsidRPr="004276A2" w:rsidRDefault="00D535FE" w:rsidP="001F36AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004276A2">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Faculty of </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001F36AE" w:rsidRPr="004276A2">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.....</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3932D9D1" w14:textId="39DBCE1F" w:rsidR="00D535FE" w:rsidRPr="004276A2" w:rsidRDefault="00D535FE" w:rsidP="0070651F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004276A2">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>School</w:t>
       </w:r>
       <w:r w:rsidR="001F36AE" w:rsidRPr="004276A2">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1521,92 +1519,112 @@
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>page 10</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63CB0F76" w14:textId="77777777" w:rsidR="00792225" w:rsidRPr="004276A2" w:rsidRDefault="00792225" w:rsidP="00792225">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004276A2">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please ensure that the following is included in your declaration: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="001D1290" w14:textId="4FC84282" w:rsidR="00792225" w:rsidRPr="004276A2" w:rsidRDefault="00792225" w:rsidP="00DB06A0">
+    <w:p w14:paraId="001D1290" w14:textId="39A1D2F3" w:rsidR="00792225" w:rsidRPr="004276A2" w:rsidRDefault="00792225" w:rsidP="00DB06A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004276A2">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I, the author, confirm that the Thesis is my own work</w:t>
       </w:r>
       <w:r w:rsidR="00DB06A0" w:rsidRPr="004276A2">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="004276A2">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> I am aware of the University’s Guidance on the Use of Unfair Means (</w:t>
+        <w:t xml:space="preserve"> I am aware of the University’s Guidance on </w:t>
+      </w:r>
+      <w:r w:rsidR="00023413">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Academic Integrity </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004276A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="00356E42" w:rsidRPr="004276A2">
+        <w:r w:rsidR="00356E42" w:rsidRPr="00023413">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.sheffield.ac.uk/study-skills/assessment/academic-integrity/academic-integrity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004276A2">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00872D84" w:rsidRPr="004276A2">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:i/>
@@ -1904,150 +1922,152 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0070651F" w:rsidRPr="004276A2" w:rsidSect="001032C0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="95"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="116"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D535FE"/>
     <w:rsid w:val="000123BB"/>
+    <w:rsid w:val="00023413"/>
     <w:rsid w:val="00024826"/>
     <w:rsid w:val="000513F9"/>
     <w:rsid w:val="00077EE6"/>
     <w:rsid w:val="000C0B7D"/>
     <w:rsid w:val="000D1D7A"/>
     <w:rsid w:val="000F0EEA"/>
     <w:rsid w:val="001032C0"/>
     <w:rsid w:val="0011321F"/>
     <w:rsid w:val="00126147"/>
     <w:rsid w:val="00177AB6"/>
     <w:rsid w:val="001A4047"/>
     <w:rsid w:val="001D0234"/>
     <w:rsid w:val="001D36B7"/>
     <w:rsid w:val="001D3BF3"/>
     <w:rsid w:val="001E7C75"/>
     <w:rsid w:val="001F36AE"/>
     <w:rsid w:val="00286B61"/>
     <w:rsid w:val="002B2DC1"/>
     <w:rsid w:val="00301185"/>
     <w:rsid w:val="00330B05"/>
     <w:rsid w:val="003428DA"/>
     <w:rsid w:val="00344ABD"/>
     <w:rsid w:val="00356E42"/>
     <w:rsid w:val="003614AE"/>
     <w:rsid w:val="003C6D79"/>
     <w:rsid w:val="003E4222"/>
     <w:rsid w:val="004276A2"/>
     <w:rsid w:val="00432F85"/>
     <w:rsid w:val="00461150"/>
     <w:rsid w:val="004E1BA0"/>
     <w:rsid w:val="00501CFA"/>
     <w:rsid w:val="00503F28"/>
     <w:rsid w:val="00506DA2"/>
     <w:rsid w:val="005432CC"/>
     <w:rsid w:val="005C08BF"/>
+    <w:rsid w:val="005D0FC8"/>
     <w:rsid w:val="005E2927"/>
     <w:rsid w:val="005E2DD2"/>
     <w:rsid w:val="00605A36"/>
     <w:rsid w:val="00683CB4"/>
     <w:rsid w:val="006B073E"/>
     <w:rsid w:val="006B10BE"/>
     <w:rsid w:val="006F0E29"/>
     <w:rsid w:val="006F33A7"/>
     <w:rsid w:val="006F71DD"/>
     <w:rsid w:val="0070651F"/>
     <w:rsid w:val="00771B3D"/>
     <w:rsid w:val="007779D3"/>
     <w:rsid w:val="00792225"/>
     <w:rsid w:val="007A73AD"/>
     <w:rsid w:val="0084608E"/>
     <w:rsid w:val="00872D84"/>
     <w:rsid w:val="008E0F5B"/>
     <w:rsid w:val="009267CB"/>
     <w:rsid w:val="00936939"/>
     <w:rsid w:val="009925A8"/>
     <w:rsid w:val="009C6C48"/>
     <w:rsid w:val="009F68F8"/>
     <w:rsid w:val="00A10813"/>
     <w:rsid w:val="00A201E6"/>
     <w:rsid w:val="00A24F79"/>
@@ -2553,50 +2573,74 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D535FE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00792225"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00023413"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00023413"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/study-skills/assessment/academic-integrity/academic-integrity" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2854,66 +2898,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>209</Words>
-  <Characters>1196</Characters>
+  <Words>208</Words>
+  <Characters>1192</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Sheffield</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1403</CharactersWithSpaces>
+  <CharactersWithSpaces>1398</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Arp10sm</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>