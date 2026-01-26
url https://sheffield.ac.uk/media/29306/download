--- v0 (2025-10-08)
+++ v1 (2026-01-26)
@@ -1,40 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -46,51 +51,51 @@
         <w:gridCol w:w="6242"/>
       </w:tblGrid>
       <w:tr w:rsidR="004C40EC" w:rsidRPr="00AC3435" w14:paraId="02E919D9" w14:textId="77777777" w:rsidTr="00556833">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="457D7FC9" w14:textId="77777777" w:rsidR="004C40EC" w:rsidRDefault="004C40EC" w:rsidP="00556833">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC3435">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43914F08" wp14:editId="2AFBCE11">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43914F08" wp14:editId="21756A48">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="margin">
                     <wp:posOffset>-6350</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>3810</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2109470" cy="669290"/>
                   <wp:effectExtent l="0" t="0" r="5080" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="1" name="Picture 1" descr="A picture containing text&#10;&#10;Description automatically generated"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="Picture 4" descr="A picture containing text&#10;&#10;Description automatically generated"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -239,65 +244,65 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3F0124AC" w14:textId="7372FEF2" w:rsidR="00B732E6" w:rsidRPr="00B732E6" w:rsidRDefault="00B732E6" w:rsidP="008A5E1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Calibri" w:hAnsiTheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2713"/>
-        <w:gridCol w:w="420"/>
+        <w:gridCol w:w="2739"/>
+        <w:gridCol w:w="417"/>
         <w:gridCol w:w="216"/>
-        <w:gridCol w:w="321"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="312"/>
+        <w:gridCol w:w="606"/>
+        <w:gridCol w:w="1039"/>
+        <w:gridCol w:w="903"/>
+        <w:gridCol w:w="869"/>
+        <w:gridCol w:w="412"/>
         <w:gridCol w:w="216"/>
         <w:gridCol w:w="216"/>
         <w:gridCol w:w="216"/>
         <w:gridCol w:w="216"/>
         <w:gridCol w:w="216"/>
-        <w:gridCol w:w="1878"/>
+        <w:gridCol w:w="1863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00013162" w:rsidRPr="00D63D37" w14:paraId="7627CCA9" w14:textId="77777777" w:rsidTr="00B732E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="67DF21FD" w14:textId="77777777" w:rsidR="00013162" w:rsidRPr="00D63D37" w:rsidRDefault="00013162" w:rsidP="00784F20">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECTION 1: TO BE COMPLETED BY THE STUDENT</w:t>
@@ -486,51 +491,51 @@
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Are you studying in the UK on a visa?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3740" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C8572A8" w14:textId="234FFB80" w:rsidR="0061273B" w:rsidRPr="00D63D37" w:rsidRDefault="00AD38FC" w:rsidP="00623F9E">
+          <w:p w14:paraId="0C8572A8" w14:textId="234FFB80" w:rsidR="0061273B" w:rsidRPr="00D63D37" w:rsidRDefault="00B54647" w:rsidP="00623F9E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:firstLine="1197"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1896724452"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -592,58 +597,57 @@
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="768C470F" w14:textId="77777777" w:rsidR="0061273B" w:rsidRPr="00D63D37" w:rsidRDefault="0061273B" w:rsidP="00573B5A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00573B5A" w:rsidRPr="00D63D37" w14:paraId="2A8FD6E3" w14:textId="77777777" w:rsidTr="00B732E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D53FFF9" w14:textId="1AB70A71" w:rsidR="00573B5A" w:rsidRPr="00D63D37" w:rsidRDefault="00573B5A" w:rsidP="00DE3927">
+          <w:p w14:paraId="5A13F646" w14:textId="77777777" w:rsidR="00573B5A" w:rsidRDefault="00573B5A" w:rsidP="00DE3927">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
-                <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Students studying on a Tier 4</w:t>
             </w:r>
             <w:r w:rsidR="00623F9E" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>/Student</w:t>
             </w:r>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -699,58 +703,70 @@
             </w:r>
             <w:r w:rsidR="00DE3927" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>complete the LOA self-help tool to understand if this LOA will affect their visa</w:t>
             </w:r>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="4D53FFF9" w14:textId="291C6D4D" w:rsidR="00B54647" w:rsidRPr="00B54647" w:rsidRDefault="00B54647" w:rsidP="00B54647">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidRPr="00D63D37">
+              <w:r w:rsidRPr="00B314CA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
+                  <w:b/>
                   <w:sz w:val="20"/>
                 </w:rPr>
-                <w:t>https://docs.google.com/a/sheffield.ac.uk/forms/d/e/1FAIpQLSfsqK3w3EgN4KxiP7rtjG3j_kmDivjwlfV5aHI0TvfMjHcR_g/viewform</w:t>
+                <w:t>https://docs.google.com/forms/d/e/1FAIpQLSfABmuHKHH2LtgMvimCiesJBEgOBh5T5Do1FGZwQwj4QGZV9g/viewform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007547D1" w:rsidRPr="00D63D37" w14:paraId="7B430CD8" w14:textId="77777777" w:rsidTr="004C0738">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5264" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="446EF1C9" w14:textId="77777777" w:rsidR="00C96C4B" w:rsidRDefault="007547D1" w:rsidP="00DE3927">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
@@ -962,69 +978,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007547D1" w:rsidRPr="00D63D37" w14:paraId="646AC8DF" w14:textId="77777777" w:rsidTr="004C0738">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="441FCA8F" w14:textId="4F0664AB" w:rsidR="007547D1" w:rsidRPr="00D63D37" w:rsidRDefault="007547D1" w:rsidP="00FB07D2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Registration </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> date (DD/MM/YY):</w:t>
+              <w:t>Registration start date (DD/MM/YY):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="24055ADD" w14:textId="19738DAC" w:rsidR="007547D1" w:rsidRPr="00D63D37" w:rsidRDefault="007547D1" w:rsidP="00FB07D2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2624" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
@@ -1714,69 +1712,51 @@
               </w:rPr>
               <w:t xml:space="preserve">ou </w:t>
             </w:r>
             <w:r w:rsidR="000561FD" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">are advised to check with </w:t>
             </w:r>
             <w:r w:rsidR="00D22BE0" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>your</w:t>
             </w:r>
             <w:r w:rsidR="000561FD" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> funder whether you are eligible for an </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> during </w:t>
+              <w:t xml:space="preserve"> funder whether you are eligible for an additional stipend payments during </w:t>
             </w:r>
             <w:r w:rsidR="00232390" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
             <w:r w:rsidR="000561FD" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>leave of absence</w:t>
             </w:r>
             <w:r w:rsidR="00232390" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> on these grounds</w:t>
             </w:r>
@@ -2691,51 +2671,51 @@
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Do you support the student’s application for a leave of absence?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2757" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0D79E7" w14:textId="507B7B78" w:rsidR="00652ADD" w:rsidRPr="00D63D37" w:rsidRDefault="00AD38FC" w:rsidP="00FB07D2">
+          <w:p w14:paraId="2A0D79E7" w14:textId="507B7B78" w:rsidR="00652ADD" w:rsidRPr="00D63D37" w:rsidRDefault="00B54647" w:rsidP="00FB07D2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1339068144"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006F61BA" w:rsidRPr="00D63D37">
@@ -2811,72 +2791,70 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00F43312" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">his application has been considered by the </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00ED5C6F">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00D63D37" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>chool</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00F43312" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2929,73 +2907,51 @@
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00D63D37" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>chool</w:t>
             </w:r>
             <w:r w:rsidR="00472442" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">’s student attendance monitoring procedures. Any justifications </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> time it has taken for a retrospective leave of absence request to be agreed, and if necessary, reported to UKVI will need to be defensible in the event of a UKVI audit.</w:t>
+              <w:t>’s student attendance monitoring procedures. Any justifications for the amount of time it has taken for a retrospective leave of absence request to be agreed, and if necessary, reported to UKVI will need to be defensible in the event of a UKVI audit.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB07D2" w:rsidRPr="00D63D37" w14:paraId="6731D236" w14:textId="77777777" w:rsidTr="004C0738">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3258" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="35FF75D7" w14:textId="77777777" w:rsidR="00F43312" w:rsidRPr="00D63D37" w:rsidRDefault="00FB07D2" w:rsidP="00FB07D2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3053,68 +3009,66 @@
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB07D2" w:rsidRPr="00D63D37" w14:paraId="3A282B73" w14:textId="77777777" w:rsidTr="004C0738">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3258" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7D5A46D8" w14:textId="0C9CBC1E" w:rsidR="00652ADD" w:rsidRPr="00D63D37" w:rsidRDefault="00A661FF" w:rsidP="00B16F66">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ho</w:t>
             </w:r>
             <w:r w:rsidR="00D63D37" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00FB07D2" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/PG</w:t>
             </w:r>
             <w:r w:rsidR="00B16F66" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">R Lead </w:t>
             </w:r>
             <w:r w:rsidR="00652ADD" w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
@@ -3437,51 +3391,51 @@
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="711FB4B3" w14:textId="77777777" w:rsidR="00155CB4" w:rsidRPr="00D63D37" w:rsidRDefault="00155CB4" w:rsidP="00650713">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Is a new ATAS application required?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AEDE1AA" w14:textId="369B76FB" w:rsidR="00155CB4" w:rsidRPr="00D63D37" w:rsidRDefault="00AD38FC" w:rsidP="00650713">
+          <w:p w14:paraId="4AEDE1AA" w14:textId="369B76FB" w:rsidR="00155CB4" w:rsidRPr="00D63D37" w:rsidRDefault="00B54647" w:rsidP="00650713">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-579135940"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3533,69 +3487,51 @@
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="4497D876" w14:textId="587FACAE" w:rsidR="00155CB4" w:rsidRPr="00D63D37" w:rsidRDefault="00155CB4" w:rsidP="00155CB4">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">If </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, is ATAS required immediately? </w:t>
+              <w:t xml:space="preserve">If Yes, is ATAS required immediately? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1147246725"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00D63D37">
                   <w:rPr>
                     <w:rFonts w:ascii="Source Sans Pro" w:eastAsia="MS Gothic" w:hAnsi="Source Sans Pro"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -3758,51 +3694,51 @@
           <w:p w14:paraId="5C65D1CA" w14:textId="77777777" w:rsidR="00155CB4" w:rsidRPr="00D63D37" w:rsidRDefault="00155CB4" w:rsidP="005C2161">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Does </w:t>
             </w:r>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>this Leave of Absence require reporting to the Home Office?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04B01484" w14:textId="4695DA02" w:rsidR="00155CB4" w:rsidRPr="00D63D37" w:rsidRDefault="00AD38FC" w:rsidP="009D0023">
+          <w:p w14:paraId="04B01484" w14:textId="4695DA02" w:rsidR="00155CB4" w:rsidRPr="00D63D37" w:rsidRDefault="00B54647" w:rsidP="009D0023">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1484282442"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3935,51 +3871,51 @@
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2549" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BA4A06F" w14:textId="77777777" w:rsidR="002C73DF" w:rsidRPr="00D63D37" w:rsidRDefault="002C73DF" w:rsidP="00167EB5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Does this LOA need reporting to the SLC?  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C041D32" w14:textId="77777777" w:rsidR="002C73DF" w:rsidRPr="00D63D37" w:rsidRDefault="00AD38FC" w:rsidP="00167EB5">
+          <w:p w14:paraId="6C041D32" w14:textId="77777777" w:rsidR="002C73DF" w:rsidRPr="00D63D37" w:rsidRDefault="00B54647" w:rsidP="00167EB5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="998309375"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -4100,51 +4036,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2549" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="69A11E02" w14:textId="68809350" w:rsidR="002C73DF" w:rsidRPr="00D63D37" w:rsidRDefault="002C73DF" w:rsidP="008A2334">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Refer to Special Cases Committee?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55924C29" w14:textId="77777777" w:rsidR="002C73DF" w:rsidRPr="00D63D37" w:rsidRDefault="00AD38FC" w:rsidP="008A2334">
+          <w:p w14:paraId="55924C29" w14:textId="77777777" w:rsidR="002C73DF" w:rsidRPr="00D63D37" w:rsidRDefault="00B54647" w:rsidP="008A2334">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-571356650"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C73DF" w:rsidRPr="00D63D37">
@@ -4379,73 +4315,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C96B4F" w:rsidRPr="00D63D37" w14:paraId="5B3283FB" w14:textId="77777777" w:rsidTr="00565A63">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
           </w:tcPr>
           <w:p w14:paraId="6C357E13" w14:textId="77777777" w:rsidR="00C96B4F" w:rsidRPr="00D63D37" w:rsidRDefault="00C96B4F" w:rsidP="00C96B4F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signed on behalf of the </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> by:</w:t>
+              <w:t>Signed on behalf of the Faculty by:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C96B4F" w:rsidRPr="00D63D37" w14:paraId="0F67D55F" w14:textId="77777777" w:rsidTr="00C96B4F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3955" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3BFE0F5F" w14:textId="77777777" w:rsidR="00C96B4F" w:rsidRPr="00D63D37" w:rsidRDefault="00C96B4F" w:rsidP="00C96B4F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4500,50 +4414,51 @@
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C96B4F" w:rsidRPr="00D63D37" w14:paraId="694481D6" w14:textId="77777777" w:rsidTr="00167EB5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1D71503E" w14:textId="64C58061" w:rsidR="00C96B4F" w:rsidRPr="00D63D37" w:rsidRDefault="00C96B4F" w:rsidP="00C96B4F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63D37">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorBidi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">End date for payment of tuition fees:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6C355683" w14:textId="146BF3B6" w:rsidR="00C96B4F" w:rsidRPr="00D63D37" w:rsidRDefault="00C96B4F" w:rsidP="00C96B4F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2705" w:type="dxa"/>
@@ -4582,60 +4497,66 @@
           <w:p w14:paraId="5D129BD0" w14:textId="77777777" w:rsidR="00C96B4F" w:rsidRPr="00D63D37" w:rsidRDefault="00C96B4F" w:rsidP="00C96B4F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:bCs/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3F638DD2" w14:textId="3012D217" w:rsidR="00E1511E" w:rsidRPr="00D63D37" w:rsidRDefault="00E1511E" w:rsidP="00E1511E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0435D2B3" w14:textId="77777777" w:rsidR="00FB07D2" w:rsidRPr="006F61BA" w:rsidRDefault="00FB07D2" w:rsidP="00C96C4B">
+    <w:p w14:paraId="0435D2B3" w14:textId="77777777" w:rsidR="00FB07D2" w:rsidRPr="006F61BA" w:rsidRDefault="00FB07D2" w:rsidP="00B54647">
       <w:pPr>
         <w:ind w:right="1100"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FB07D2" w:rsidRPr="006F61BA" w:rsidSect="009D0023">
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="567" w:left="720" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="16A16280" w14:textId="77777777" w:rsidR="006A3D62" w:rsidRDefault="006A3D62" w:rsidP="003F4AB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3CAC8FEB" w14:textId="77777777" w:rsidR="006A3D62" w:rsidRDefault="006A3D62" w:rsidP="003F4AB4">
       <w:pPr>
@@ -4662,158 +4583,194 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="17B68803" w14:textId="6A6D2858" w:rsidR="003B41C1" w:rsidRPr="003B41C1" w:rsidRDefault="00D63D37" w:rsidP="00FD776A">
+  <w:p w14:paraId="3643A7EF" w14:textId="77777777" w:rsidR="00B54647" w:rsidRDefault="00B54647">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17B68803" w14:textId="506DDAF3" w:rsidR="003B41C1" w:rsidRPr="003B41C1" w:rsidRDefault="00B54647" w:rsidP="00FD776A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>August</w:t>
+      <w:t>January 2026</w:t>
     </w:r>
-    <w:r w:rsidR="00160739">
-[...12 lines deleted...]
-    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6B9FEFD3" w14:textId="77777777" w:rsidR="00B54647" w:rsidRDefault="00B54647">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="270ED468" w14:textId="77777777" w:rsidR="006A3D62" w:rsidRDefault="006A3D62" w:rsidP="003F4AB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="709DCBAC" w14:textId="77777777" w:rsidR="006A3D62" w:rsidRDefault="006A3D62" w:rsidP="003F4AB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26318402" w14:textId="77777777" w:rsidR="00B54647" w:rsidRDefault="00B54647">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="656CD1B0" w14:textId="77777777" w:rsidR="00B54647" w:rsidRDefault="00B54647">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5BE94762" w14:textId="77777777" w:rsidR="00B54647" w:rsidRDefault="00B54647">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="127972DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="12A4943A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -5011,82 +4968,82 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="504368381">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="699163779">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="95"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="116"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="61441"/>
+    <o:shapedefaults v:ext="edit" spidmax="63489"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00161CBB"/>
     <w:rsid w:val="00013162"/>
     <w:rsid w:val="00037F99"/>
     <w:rsid w:val="000561FD"/>
     <w:rsid w:val="000848CE"/>
+    <w:rsid w:val="00090F76"/>
     <w:rsid w:val="00091723"/>
     <w:rsid w:val="000A58B4"/>
     <w:rsid w:val="000C312E"/>
     <w:rsid w:val="000D7C16"/>
     <w:rsid w:val="000E77C5"/>
     <w:rsid w:val="001175A5"/>
     <w:rsid w:val="00127407"/>
     <w:rsid w:val="001321AA"/>
     <w:rsid w:val="00155CB4"/>
     <w:rsid w:val="00160739"/>
     <w:rsid w:val="00161CBB"/>
     <w:rsid w:val="00167EB5"/>
     <w:rsid w:val="001C0A1D"/>
     <w:rsid w:val="001D1C6F"/>
     <w:rsid w:val="001F6D58"/>
     <w:rsid w:val="0020074F"/>
     <w:rsid w:val="00200982"/>
     <w:rsid w:val="0021662F"/>
     <w:rsid w:val="00232390"/>
     <w:rsid w:val="0023691E"/>
     <w:rsid w:val="002724F2"/>
     <w:rsid w:val="00291388"/>
     <w:rsid w:val="00297F37"/>
     <w:rsid w:val="002B2ADF"/>
     <w:rsid w:val="002B4C97"/>
@@ -5181,70 +5138,72 @@
     <w:rsid w:val="00995DAE"/>
     <w:rsid w:val="009A181E"/>
     <w:rsid w:val="009A3D74"/>
     <w:rsid w:val="009C6D65"/>
     <w:rsid w:val="009C6F95"/>
     <w:rsid w:val="009C734B"/>
     <w:rsid w:val="009D0023"/>
     <w:rsid w:val="009D1F41"/>
     <w:rsid w:val="009E4960"/>
     <w:rsid w:val="00A4039A"/>
     <w:rsid w:val="00A40B81"/>
     <w:rsid w:val="00A661FF"/>
     <w:rsid w:val="00A70D78"/>
     <w:rsid w:val="00A807A5"/>
     <w:rsid w:val="00AA043F"/>
     <w:rsid w:val="00AA479E"/>
     <w:rsid w:val="00AB32CA"/>
     <w:rsid w:val="00AB7232"/>
     <w:rsid w:val="00AD38FC"/>
     <w:rsid w:val="00B1050F"/>
     <w:rsid w:val="00B16F66"/>
     <w:rsid w:val="00B42FDE"/>
     <w:rsid w:val="00B433E6"/>
     <w:rsid w:val="00B456D3"/>
     <w:rsid w:val="00B536D7"/>
+    <w:rsid w:val="00B54647"/>
     <w:rsid w:val="00B732E6"/>
     <w:rsid w:val="00B80B38"/>
     <w:rsid w:val="00BA178B"/>
     <w:rsid w:val="00BA5CF8"/>
     <w:rsid w:val="00BA6604"/>
     <w:rsid w:val="00BA6853"/>
     <w:rsid w:val="00BC41EF"/>
     <w:rsid w:val="00BD472C"/>
     <w:rsid w:val="00BE640F"/>
     <w:rsid w:val="00C007C2"/>
     <w:rsid w:val="00C51FA5"/>
     <w:rsid w:val="00C643E2"/>
     <w:rsid w:val="00C702CF"/>
     <w:rsid w:val="00C85EAD"/>
     <w:rsid w:val="00C96B4F"/>
     <w:rsid w:val="00C96C4B"/>
     <w:rsid w:val="00CA4091"/>
     <w:rsid w:val="00CC29DC"/>
     <w:rsid w:val="00CC5746"/>
     <w:rsid w:val="00CC5B73"/>
+    <w:rsid w:val="00CD10AB"/>
     <w:rsid w:val="00CD4C95"/>
     <w:rsid w:val="00D13CED"/>
     <w:rsid w:val="00D1729C"/>
     <w:rsid w:val="00D21561"/>
     <w:rsid w:val="00D22BE0"/>
     <w:rsid w:val="00D313EF"/>
     <w:rsid w:val="00D45B4F"/>
     <w:rsid w:val="00D53B39"/>
     <w:rsid w:val="00D63D37"/>
     <w:rsid w:val="00D65F5D"/>
     <w:rsid w:val="00D66379"/>
     <w:rsid w:val="00D74EC5"/>
     <w:rsid w:val="00D84BF3"/>
     <w:rsid w:val="00DB18DD"/>
     <w:rsid w:val="00DC3E7B"/>
     <w:rsid w:val="00DE1AF7"/>
     <w:rsid w:val="00DE3927"/>
     <w:rsid w:val="00DE5A24"/>
     <w:rsid w:val="00DF3237"/>
     <w:rsid w:val="00E079D8"/>
     <w:rsid w:val="00E136E8"/>
     <w:rsid w:val="00E1511E"/>
     <w:rsid w:val="00E65F2E"/>
     <w:rsid w:val="00E66900"/>
     <w:rsid w:val="00E87208"/>
@@ -5260,51 +5219,51 @@
     <w:rsid w:val="00F84AC7"/>
     <w:rsid w:val="00FA1D9C"/>
     <w:rsid w:val="00FB07D2"/>
     <w:rsid w:val="00FB6F52"/>
     <w:rsid w:val="00FC5E7C"/>
     <w:rsid w:val="00FC6AE6"/>
     <w:rsid w:val="00FC7407"/>
     <w:rsid w:val="00FD776A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="61441"/>
+    <o:shapedefaults v:ext="edit" spidmax="63489"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4252E79A"/>
   <w15:docId w15:val="{BFAC6477-489C-4E4B-8081-67B572BF231E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -6040,61 +5999,73 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AB7232"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
     <w:name w:val="Unresolved Mention2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B732E6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B54647"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgreng@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrarts@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsocsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.timeanddate.com/date/duration.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/a/sheffield.ac.uk/forms/d/e/1FAIpQLSfsqK3w3EgN4KxiP7rtjG3j_kmDivjwlfV5aHI0TvfMjHcR_g/viewform" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/manage/leave-absence" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrhealth@sheffield.ac.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgreng@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrarts@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsocsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.timeanddate.com/date/duration.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrsci@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/forms/d/e/1FAIpQLSfABmuHKHH2LtgMvimCiesJBEgOBh5T5Do1FGZwQwj4QGZV9g/viewform" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sheffield.ac.uk/rpi/pgr/manage/leave-absence" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgrhealth@sheffield.ac.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6356,67 +6327,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6BD9653-0292-4368-B9D9-374DCBC2B1E6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4613</Characters>
+  <Pages>3</Pages>
+  <Words>803</Words>
+  <Characters>4583</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5412</CharactersWithSpaces>
+  <CharactersWithSpaces>5376</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>